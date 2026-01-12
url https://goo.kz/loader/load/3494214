--- v0 (2025-12-05)
+++ v1 (2026-01-12)
@@ -1,5240 +1,1752 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2D50DB9E" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="07EDC541" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара – Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B4F07C" w14:textId="77777777" w:rsidR="003A406A" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="003A406A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="003A406A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь инструктора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037A936B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="003A406A" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по физической культуре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107613EA" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE6B9A6" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6CCD46" w14:textId="5F3828B5" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="001B71B1" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15294" w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15294" w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B261DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15294" w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г.  15:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0BEA92" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...470 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3, телефон 8 (7812) 63-23-46; эл.почта: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7CB25301" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    </w:p>
+    <w:p w14:paraId="3332AB59" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ясли-сад с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E433AC" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029F2C1F" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6C648C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5A2D0B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7EFC33" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549E1E72" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5102E729" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776AF160" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBAD5C7" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A80E56" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783AA0F3" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3D94D1" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61831095" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C200B4D" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745E8DBE" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A70AD21" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAEB59C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7A0DB7" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216D22FD" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E400F9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30065216" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D87D2C1" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAD423A" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D29EAF" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261E83D5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с особыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB43733" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB6A1E7" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386DF6DB" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA40486" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Внедряет концепцию «Образование, основанное на ценностях»; в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484E8822" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07C95925" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526D9D48" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5237BFE0" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC8E3B8" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D4E08A" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B6C7AE" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341724DF" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>среднее-специальное образование – 92695–103618 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EE3D80" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBA4413" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 98024–116872 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D24806" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В течение 7 рабочих дней со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E21CDB9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Қазақстан </w:t>
-[...202 lines deleted...]
-    <w:p w14:paraId="602748C5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+        <w:t>Прием документов на занятие вакантной должности осуществляет «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DDE6E3" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F15294">
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EF45AF" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E50F0AC" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622DF17A" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1795C890" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683BFDB9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60819200" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CAE423" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) справку с психоневрологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339F0043" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) справку с наркологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D9D33E" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) справка тубдиспансер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4089E79C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05872FB4" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6416">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>инструктора по физической культуре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3DD2AD" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C7F8DD" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3109 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F15294">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации:         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A2EABC" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 (7812) 63-23-46 ; </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...841 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...193 lines deleted...]
-        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p w14:paraId="43140DD5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73636E8E" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A9F1CA9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="4895370B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="751B6E36" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="1F6D8BC5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38600042" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="4897D830" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55F6BA85" w14:textId="77777777" w:rsidR="006E5142" w:rsidRDefault="006E5142"/>
-    <w:sectPr w:rsidR="006E5142">
+    <w:p w14:paraId="044D7831" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B089F9B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04DFD2CE" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A6E5FB" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32D18A0D" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BA9F395" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31F27352" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3EE29C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F15294" w:rsidRPr="00F15294">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5321,140 +1833,136 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5629" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6349" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7069" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="455565946">
+  <w:num w:numId="1" w16cid:durableId="2116560052">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C63C6"/>
-    <w:rsid w:val="002B18F7"/>
-    <w:rsid w:val="003710A6"/>
+    <w:rsid w:val="001B71B1"/>
+    <w:rsid w:val="003A406A"/>
     <w:rsid w:val="00531DCC"/>
-    <w:rsid w:val="00632D9A"/>
     <w:rsid w:val="006E5142"/>
     <w:rsid w:val="008C63C6"/>
-    <w:rsid w:val="008E40BD"/>
-    <w:rsid w:val="00934DAA"/>
     <w:rsid w:val="009916BD"/>
-    <w:rsid w:val="00B93C78"/>
+    <w:rsid w:val="00AD6416"/>
+    <w:rsid w:val="00B261DF"/>
     <w:rsid w:val="00C632D4"/>
-    <w:rsid w:val="00D73AE0"/>
-    <w:rsid w:val="00D75BA4"/>
+    <w:rsid w:val="00C648FF"/>
+    <w:rsid w:val="00CD0D37"/>
     <w:rsid w:val="00F15294"/>
-    <w:rsid w:val="00FB0066"/>
-    <w:rsid w:val="00FC780F"/>
+    <w:rsid w:val="00F16987"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3E87AFC8"/>
+  <w14:docId w14:val="7B245FFB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5CB6D3C8-F453-4B59-9776-37EE7718115C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5863,50 +2371,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1833720887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -6137,70 +2646,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1088</Words>
-  <Characters>6208</Characters>
+  <Words>1099</Words>
+  <Characters>6268</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7282</CharactersWithSpaces>
+  <CharactersWithSpaces>7353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>