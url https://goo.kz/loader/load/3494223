--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,598 +1,622 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00B80E99" w:rsidRPr="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
+    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B80E99">
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00443C44">
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="00924EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A572CE">
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E60985">
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A572CE">
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> жариялайды.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="008E5E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>художественного труда (мальчики)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C755D9" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00704E3C">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 43 жалпы орта білім беру мектебі» </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00704E3C">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00924EAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B56337" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B56337">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>пошта мекенжайының орналасқан жері</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00B56337">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="00FE4B75">
+            <w:r w:rsidR="00AD011D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00B56337">
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Павлодар </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B56337">
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>облысы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">,                    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+              <w:t>Лермонтова</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Павлодар</w:t>
-[...52 lines deleted...]
-              </w:rPr>
               <w:t>95</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> үй</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B56337" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>телефон нөмірлері</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -630,16937 +654,13289 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00E20BAC">
+            <w:r w:rsidR="00840259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003009AA">
+              <w:t>68</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003009AA">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00840259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C755D9" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003F7E42" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>электрондық пошта мекен-жайы</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00830EBF" w:rsidRDefault="00AA60BA" w:rsidP="00321427">
+          <w:p w:rsidR="007612FA" w:rsidRPr="007612FA" w:rsidRDefault="003F7E42" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00A351FE" w:rsidRPr="00830EBF">
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:szCs w:val="21"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>sosh43@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00F82B68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="003F7E42" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>43school_pvl@mail.ru</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:r w:rsidR="00F82B68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
-                <w:u w:val="single"/>
-[...20 lines deleted...]
-                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C755D9" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00E60985" w:rsidP="00AF1E41">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00AF1E41">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="008E5E12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>художественного труда (мальчики)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="008E5E12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E438DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00037C46">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ча</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3237">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00AF1E41">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC4243">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00037C46">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidR="005054D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>, оқыту тілі: орыс</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, с русским языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C755D9" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00CA0B24" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0B24">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F82AA5">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+            <w:r w:rsidR="00B3089F" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-              <w:t>оқу үдерісінде қауіпсіздік техникасы нормалары мен ережелерін сақтау режимін қамтамасыз ету.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C755D9" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CA0B24">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>от 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00523F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00512C2E">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A351FE">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A351FE">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidR="00523F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>135400</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve"> бастап</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C755D9" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00913B43" w:rsidP="00913B43">
+          <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Үміткерге қойылатын</w:t>
-[...35 lines deleted...]
-              <w:t>біліктілік талаптар</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A118B1" w:rsidRPr="000573B9" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="000573B9" w:rsidRPr="000573B9">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A70C03">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...65 lines deleted...]
-              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00E52D94" w:rsidRDefault="00CA0B24" w:rsidP="00CA0B24">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00244165" w:rsidRDefault="00075251" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E52D94">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00DD5EBD">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52D94">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7C4D" w:rsidRPr="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00427042">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00C63D19" w:rsidRPr="00E52D94">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00427042">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC4243">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t>9</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C755D9" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000831E4" w:rsidRPr="000831E4" w:rsidRDefault="000831E4" w:rsidP="000831E4">
-[...17 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00AD4252" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z180"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00004CA5" w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidR="00004CA5" w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>осы Қағидалардың 15-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>«Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175</w:t>
-[...44 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t xml:space="preserve">справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">регистрации нормативных правовых актов под № 21579) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>7)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>психоневрологиялық ұйымнан анықтама;</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>наркологиялық ұйымнан анықтама;</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог- модератордың немесе педагог-сарапшының немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе</w:t>
-[...82 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога- эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады.</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00004CA5" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00004CA5">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>16-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
-[...20 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00004CA5" w:rsidRDefault="00004CA5" w:rsidP="00AD4252">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000831E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00004CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>тәжірибесі жоқ кандидаттың бейнепрезентациясы (өзін-өзі таныстыру) ұзақтығы кемінде 10 минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
-            </w:r>
+              <w:t>видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0010161D" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00443C44" w:rsidP="00704E3C">
-[...18 lines deleted...]
-              </w:tabs>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="002033"/>
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00924EAA" w:rsidP="006424B7">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00FC5F6A" w:rsidRDefault="00FC5F6A" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00704E3C">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRDefault="00DD2925">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="88" w:after="0" w:line="280" w:lineRule="auto"/>
-        <w:ind w:left="4106" w:right="162"/>
+        <w:spacing w:before="88" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4106"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="88" w:after="0" w:line="280" w:lineRule="auto"/>
-        <w:ind w:left="4106" w:right="162"/>
+        <w:spacing w:before="55" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="4106"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...315 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>освобождения от должностей первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-9"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>15-қосымша</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="152" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4106"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Нысан</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="003F7E42" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...104 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 9" o:spid="_x0000_s1033" style="position:absolute;margin-left:75.75pt;margin-top:14.15pt;width:483.75pt;height:6pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="3778,76200" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1btWqLQMAAL0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVeGK00AQ/i/4Dsv+VHpJ2rRpw6WHNK0I&#10;px5cfYBtsmmCyW7c3TY9RRD0v4/gKwj+ORB9hvaNnN0kvbanIGKgm9nM7Mw33+xMzy82RY7WVMiM&#10;swA7ZzZGlEU8ztgywK/ms84QI6kIi0nOGQ3wDZX4YvzwwXlV+rTLU57HVCBwwqRflQFOlSp9y5JR&#10;Sgsiz3hJGSgTLgqiYCuWVixIBd6L3Ora9sCquIhLwSMqJXwNayUeG/9JQiP1MkkkVSgPMGBTZhVm&#10;XejVGp8TfylImWZRA4P8A4qCZAyC7l2FRBG0Etk9V0UWCS55os4iXlg8SbKImhwgG8c+yeY6JSU1&#10;uQA5stzTJP+f2+jF+kqgLA7wCCNGCijR9sv25/b79tb8fmxvd599tPsE+2+7j7sP269opFmrSunD&#10;4evySui8ZXnJo9cSFNaRRm8k2KBF9ZzH4J2sFDdMbRJR6JPAAdqYgtzsC0I3CkXwceC4vUG3j1EE&#10;Om8ABdehLeK3h6OVVE8pN47I+lKqup4xSKYacZPTHGqfFDmU9nEH2ajv2gOzNPXfmzmt2SMLzW1U&#10;oZ7nDU+Nuq2R8TVyhr3f+uq1ZtpX98AX4F+2CEnago42rEENEiK6f2xDVMmlJmgO2FqGwAMY6Qz/&#10;YAuxT23rM00IAY1x2hICI2iJRZ1tSZRGpkNoEVUBNlToDwVf0zk3KnVSOghyp83ZoRUc945Q1Wo4&#10;oQOYqu6DaqwHlWV8luW5KW3ONBTPsT3DjeR5FmulRiPFcjHJBVoT3ezmaa7LkVkppAqJTGs7o6pz&#10;FnzFYhMlpSSeNrIiWV7LgCo3pMP1bLjRF9W0+buRPZoOp0O343YH045rh2HnyWzidgYzx+uHvXAy&#10;CZ33GrPj+mkWx5Rp2O3Icdy/a+lm+NXDYj90jtI7YmFmnvssWMcwDPuQS/s22ZlG1r1bN/uCxzfQ&#10;x4LXMxRmPggpF28xqmB+Bli+WRFBMcqfMRhQI8d19cA1G7fvdWEjDjWLQw1hEbgKsMJw87U4UfWQ&#10;XpUiW6YQyTH1ZvwJzI8k031u8NWomg3MSJNBM8/1ED7cG6u7f53xLwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGfGEGHhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AURfeC/2F4ghuxM2ltiTGT&#10;oqJQCgqmLlxOMs8kmPlgZtpGf72vK11e3uG+c8v1ZEZ2wBAHZyVkMwEMbev0YDsJ77vn6xxYTMpq&#10;NTqLEr4xwro6PytVod3RvuGhTh2jEhsLJaFPyRecx7ZHo+LMebR0+3TBqEQxdFwHdaRyM/K5ECtu&#10;1GDpQ688PvbYftV7I8E/bOrNq9/uGvy4ysNPeupeVkLKy4vp/g5Ywin9wXDSJ3WoyKlxe6sjGykv&#10;syWhEub5AtgJyLJbWtdIuBEL4FXJ/0+ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD1&#10;btWqLQMAAL0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBnxhBh4QAAAAoBAAAPAAAAAAAAAAAAAAAAAIcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAlQYAAAAA&#10;" path="m,l3777,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6141999,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="26" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4106"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>орган</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="003F7E42" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...104 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 8" o:spid="_x0000_s1032" style="position:absolute;margin-left:71.25pt;margin-top:18pt;width:489.75pt;height:3.55pt;flip:y;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5447,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0Eq9CNgMAAMcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc1uEzEQviPxDpaPoHR/ukmTqJuqShqE&#10;VKBSA3dn15tdsWsvtpNNQUhIcOcReAUkLpUQPEPyRoxnN2mS9oAQkeKMPeOZb77xTE7PlkVOFlzp&#10;TIqQekcuJVxEMs7ELKSvJ+NWlxJtmIhZLgUP6Q3X9Gzw+NFpVfa5L1OZx1wRcCJ0vypDmhpT9h1H&#10;RykvmD6SJRegTKQqmIGtmjmxYhV4L3LHd92OU0kVl0pGXGs4HdVKOkD/ScIj8ypJNDckDylgM7gq&#10;XKd2dQanrD9TrEyzqIHB/gFFwTIBQbeuRswwMlfZPVdFFimpZWKOIlk4MkmyiGMOkI3nHmRznbKS&#10;Yy5Aji63NOn/5zZ6ubhSJItDCoUSrIASrb6tfq9+rm7x+2t1u/7aJ+svsP+x/rz+tPpOupa1qtR9&#10;uHxdXimbty4vZfRWg8LZ09iNBhsyrV7IGLyzuZHI1DJRBUnyrHwD7wZPgA2yxNLcbEvDl4ZEcNjx&#10;vV7Xb1MSgS5ou922BeGwvnVjAURzbZ5xiTJbXGpTVzYGCesSN9lN4BUkRQ5FftoiLvECr4tL8xK2&#10;Zt7G7IlDJi6pSDsITg6N/I0R+up0O8GDvo43ZtaXv+ML8M82CFm6AR0tRYMaJMJsJ7lIUCm1JWgC&#10;2DYMgQcwQgIetoXYh7b1nSaEghY5bA5FCTTHtM62ZMYisyGsSKqQIhX2oJALPpGoMgelgyB32lzs&#10;WsH1zh6qWg03bACs6jaoxbpTWSHHWZ5jaXNhoQTH/jFyo2WexVZp0Wg1mw5zRRbMtj1+mueyZ1Yq&#10;bUZMp7UdquqclZyLGKOknMUXjWxYltcyoMqRdHieDTf2oWLDf+i5vYvuRTdoBX7nohW4o1HrfDwM&#10;Wp2xd9IeHY+Gw5H30WL2gn6axTEXFvZm+HjB3zV3MwbrsbEdP3vp7bEwxs99Fpx9GMg+5LL5xeyw&#10;pW0X120/lfENdLSS9TSF6Q9CKtV7SiqYpCHV7+ZMcUry5wJGVc8LAjt6cRO0T3zYqF3NdFfDRASu&#10;QmoovHwrDk09ruelymYpRKqHhZDnMEmSzPY54qtRNRuYlphBM9ntON7do9Xd/8/gDwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAF3ZXYLgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwkAQhu8m/IfN&#10;kHgxsm2BqrVbQjASD17AJsTb0h3bxu5s012g/nuHk97mzTx5P/LVaDtxxsG3jhTEswgEUuVMS7WC&#10;8uP1/hGED5qM7hyhgh/0sComN7nOjLvQDs/7UAs2IZ9pBU0IfSalrxq02s9cj8S/LzdYHVgOtTSD&#10;vrC57WQSRam0uiVOaHSPmwar7/3JKjis70yJh+328yWN3p6M9+Xm4V2p2+m4fgYRcAx/MFzrc3Uo&#10;uNPRnch40bFeJEtGFcxT3nQF4iTh66hgMY9BFrn8P6H4BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhADQSr0I2AwAAxwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF3ZXYLgAAAACgEAAA8AAAAAAAAAAAAAAAAAkAUAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACdBgAAAAA=&#10;" path="m,l5446,e" filled="f" strokeweight=".1201mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218683,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="003F7E42" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="543"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="1394"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...106 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 7" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:71.25pt;margin-top:21.4pt;width:486.75pt;height:3.55pt;flip:y;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5447,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6ilT6OAMAAMcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc2O0zAQviPxDpaPoG6SNv3ZatPVqj8I&#10;aYGVtnB3E6eJSOxgu00XhIQEdx6BV0DishKCZ2jfiPEk7bbdPSBEpbpjz3jmm28807PzVZ6RJVc6&#10;lSKg3olLCRehjFIxD+jr6aTRo0QbJiKWScEDesM1PR88fnRWFn3elInMIq4IOBG6XxYBTYwp+o6j&#10;w4TnTJ/IggtQxlLlzMBWzZ1IsRK855nTdN2OU0oVFUqGXGs4HVVKOkD/ccxD8yqONTckCyhgM7gq&#10;XGd2dQZnrD9XrEjSsIbB/gFFzlIBQXeuRswwslDpPVd5GiqpZWxOQpk7Mo7TkGMOkI3nHmVznbCC&#10;Yy5Aji52NOn/5zZ8ubxSJI0C2qVEsBxKtP62/r3+ub7F76/17eZrn2y+wP7H5vPm0/o76VrWykL3&#10;4fJ1caVs3rq4lOFbDQrnQGM3GmzIrHwhI/DOFkYiU6tY5STO0uINvBs8ATbICktzsysNXxkSwmHH&#10;63ndZpuSEHR+2+21LQiH9a0bCyBcaPOMS5TZ8lKbqrIRSFiXqM5uCq8gzjMo8tMGcYnnez1c6pew&#10;M/O2Zk8cMnVJSdq+j4lDjXdGza0R+ur0Ov6DvlpbM+uruecL8M+3CFmyBR2uRI0aJMJsJ7lIUCG1&#10;JWgK2LYMgQcwQgIetoXYx7bVnTqEghY5bg5FCTTHrKKkYMYisyGsSMqAIhX2IJdLPpWoMkelgyB3&#10;2kzsW8H1zgGqSg03bACs6i6oxbpXWSEnaZZhaTNhofitZgu50TJLI6u0aLSaz4aZIktm2x4/9XM5&#10;MCuUNiOmk8oOVVXOSi5EhFESzqJxLRuWZpUMqDIkHZ5nzY19qNjwH07d03Fv3PMbfrMzbvjuaNS4&#10;mAz9Rmfidduj1mg4HHkfLWbP7ydpFHFhYW+Hj+f/XXPXY7AaG7vxc5DeAQsT/NxnwTmEgexDLttf&#10;zA5b2nZx1fYzGd1ARytZTVOY/iAkUr2npIRJGlD9bsEUpyR7LmBUnXq+b0cvbvx2twkbta+Z7WuY&#10;CMFVQA2Fl2/FoanG9aJQ6TyBSNWwEPICJkmc2j5HfBWqegPTEjOoJ7sdx/t7tLr7/xn8AQAA//8D&#10;AFBLAwQUAAYACAAAACEA1Z/uyuAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VIXFDrJCqhCXGqqoiKQy+USBU3N16SiHgdxW4b/p7tCY4z+zQ7U6wm24szjr5zpCCeRyCQamc6&#10;ahRUH6+zJQgfNBndO0IFP+hhVd7eFDo37kLveN6HRnAI+VwraEMYcil93aLVfu4GJL59udHqwHJs&#10;pBn1hcNtL5MoSqXVHfGHVg+4abH+3p+sgsP6wVR42G4/X9LoLTPeV5unnVL3d9P6GUTAKfzBcK3P&#10;1aHkTkd3IuNFz3qRPDKqYJHwhCsQxymvO7KTZSDLQv6fUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA+opU+jgDAADHBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA1Z/uyuAAAAAKAQAADwAAAAAAAAAAAAAAAACSBQAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAJ8GAAAAAA==&#10;" path="m,l5446,e" filled="f" strokeweight=".1201mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6180590,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>ЖСН</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ИИН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="003F7E42" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="543"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="1819"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 6" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:71.25pt;margin-top:21.3pt;width:479.25pt;height:3.75pt;flip:y;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5447,47625" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCGFEBONgMAAMcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVd1u0zAUvkfiHSxfgrokbZp21bJp6g9C&#10;GjBphXs3cZqIxA6223QgJCS45xF4BSRuJiF4hu6NOD5Ju7bbBUJUqmv7HJ/zne/89ORsVeRkyZXO&#10;pAipd+RSwkUk40zMQ/p6Omn1KdGGiZjlUvCQXnNNz04fPzqpygFvy1TmMVcEjAg9qMqQpsaUA8fR&#10;UcoLpo9kyQUIE6kKZuCo5k6sWAXWi9xpu27gVFLFpZIR1xpuR7WQnqL9JOGReZUkmhuShxSwGVwV&#10;rjO7OqcnbDBXrEyzqIHB/gFFwTIBTremRswwslDZPVNFFimpZWKOIlk4MkmyiGMMEI3nHkRzlbKS&#10;YyxAji63NOn/ZzZ6ubxUJItDGlAiWAEpWn9b/17/XN/g99f65vbrgNx+gfOP28+3n9bfSWBZq0o9&#10;gMdX5aWycevyQkZvNQicPYk9aNAhs+qFjME6WxiJTK0SVZAkz8o3UDd4A2yQFabmepsavjIkgsvA&#10;7Qd+r0tJBDK/F7S7FoTDBtaMBRAttHnGJe7Z8kKbOrMx7DAvcRPdFKogKXJI8tMWcYnne31cmkrY&#10;qnkbtScOmbqkIl3f7x0qtTdKaCsAiA/a6mzUrK32ji3AP98gZOkGdLQSDWrYEWY7yUWCSqktQVPA&#10;tmEILIASEvCwLvg+1K3fNC4UtMhhcyhKoDlmdbQlMxaZdWG3pAopUmEvCrnkU4kic5A6cHInzcWu&#10;FjyHYttBVYvhhXWAWd06tVh3MivkJMtzTG0uLBS/0+4gN1rmWWyFFo1W89kwV2TJbNvjpymXPbVS&#10;aTNiOq31UFTHrORCxOgl5SweN3vDsrzeA6ocSYfybLixhYoN/+HYPR73x32/5beDcct3R6PW+WTo&#10;t4KJ1+uOOqPhcOR9tJg9f5BmccyFhb0ZPp7/d83djMF6bGzHz154eyxM8HOfBWcfBrIPsWx+MTps&#10;advFddvPZHwNHa1kPU1h+sMmleo9JRVM0pDqdwumOCX5cwGj6tjzfTt68eB3e204qF3JbFfCRASm&#10;QmooVL7dDk09rhelyuYpeKqHhZDnMEmSzPY54qtRNQeYlhhBM9ntON49o9bd/8/pHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAKeXWq7fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZ&#10;wYvY3YS2aMymFNGLYsFW9LrdHZNgdjZkt23y752e9PiYjzffK1ej78QRh9gG0pDNFAgkG1xLtYaP&#10;3fPtHYiYDDnTBUINE0ZYVZcXpSlcONE7HrepFlxCsTAampT6QspoG/QmzkKPxLfvMHiTOA61dIM5&#10;cbnvZK7UUnrTEn9oTI+PDdqf7cFr+LJr/zY+vZrNy/30ubM3U4jYan19Na4fQCQc0x8MZ31Wh4qd&#10;9uFALoqO8zxfMKphni9BnIFMZbxur2GhMpBVKf9PqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAhhRATjYDAADHBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAp5dart8AAAAKAQAADwAAAAAAAAAAAAAAAACQBQAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAJwGAAAAAA==&#10;" path="m,l5446,e" filled="f" strokeweight=".1201mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6085358,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidR="00DD2925" w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="003F7E42" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...215 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 5" o:spid="_x0000_s1029" style="position:absolute;margin-left:71.25pt;margin-top:29.3pt;width:481.5pt;height:10.5pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5447,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4E8ehLQMAAL4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVeGK00AQ/i/4Dsv+VHpJ2rTXC5ce0rQi&#10;nHpw9QG2yaYJJrvr7rbpKYKg/30EX0Hwz4HoM7Rv5Owm6bU9BRED3cxmZr/5ZmZnen6xLgu0olLl&#10;nIXYO3ExoizmSc4WIX41m3aGGClNWEIKzmiIb6jCF6OHD84rEdAuz3iRUIkAhKmgEiHOtBaB46g4&#10;oyVRJ1xQBsqUy5Jo2MqFk0hSAXpZOF3XHTgVl4mQPKZKwdeoVuKRxU9TGuuXaaqoRkWIgZu2q7Tr&#10;3KzO6JwEC0lElscNDfIPLEqSM3C6g4qIJmgp83tQZR5LrniqT2JeOjxN85jaGCAazz2K5jojgtpY&#10;IDlK7NKk/h9s/GJ1JVGehLiPESMllGjzZfNz831za38/NrfbzwHafoL9t+3H7YfNV9Q3WauECuDw&#10;tbiSJm4lLnn8WoHCOdCYjQIbNK+e8wTQyVJzm6l1KktzEnKA1rYgN7uC0LVGMXwceF7f7UPdYtB5&#10;vV4PZOOCBO3peKn0U8otElldKl0XNAHJliNpgpoBSFoWUNvHHeQiz/eGdmkuwM7Ma80eOWjmogr1&#10;ff/02KjbGlmswXDg/xar15oZrO4eFvBftAxJ1pKO16xhDRIipoFcmynBlcnQDLi1KQIEMDIR/sEW&#10;fB/b1mcaFxI647gnJEbQE/M6WkG0YWZcGBFVcENMKsyHkq/ojFuVPqodOLnTFmzfCo4PDljVajhh&#10;HNiq7pwarnuVZXyaF4UtbcEMFb/X7Vkqihd5YpSGjZKL+biQaEVMt9unuS4HZkIqHRGV1XZWVccs&#10;+ZIl1ktGSTJpZE3yopaBVWGTDvezyY25qbbP3525Z5PhZOh3/O5g0vHdKOo8mY79zmDqnfajXjQe&#10;R957w9nzgyxPEsoM7XbmeP7f9XQz/eppsZs6B+EdZGFqn/tZcA5p2OxDLO3bRmc72TRv3e1zntxA&#10;I0teD1EY+iBkXL7FqIIBGmL1Zkkkxah4xmBCnXm+byau3fj90y5s5L5mvq8hLAaoEGsMN9+IY11P&#10;6aWQ+SIDT56tN+NPYICkuelzy69m1WxgSNoImoFupvD+3lrd/e2MfgEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAB1XhqHfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC4TSzdot5Wm&#10;EyANabvR7QGy1jSFxqmatCtvj3eC429/+v052062FSP2vnGkYDGPQCCVrmqoVnA67h7WIHzQVOnW&#10;ESr4QQ/b/PYm02nlLvSBYxFqwSXkU63AhNClUvrSoNV+7jok3n263urAsa9l1esLl9tWLqMokVY3&#10;xBeM7vDNYPldDFbBu90fzLD3h9ejLXZfm8fZaJOZUvd308sziIBT+IPhqs/qkLPT2Q1UedFyflrG&#10;jCqI1wmIK7CIYp6cFaw2Ccg8k/9fyH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuBPH&#10;oS0DAAC+BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;HVeGod8AAAAKAQAADwAAAAAAAAAAAAAAAACHBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAJMGAAAAAA==&#10;" path="m,l5446,e" filled="f" strokeweight=".1201mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6113927,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="543"/>
+        <w:ind w:left="245"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>телефоны</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="140" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="167" w:right="161"/>
+        <w:ind w:left="292" w:right="287"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Өтініш</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="280" w:lineRule="auto"/>
-        <w:ind w:left="117" w:firstLine="708"/>
+        <w:ind w:left="117" w:right="179"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-        <w:t>сұраймын</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нужное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7E42">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 4" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:70.9pt;margin-top:10pt;width:447.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8954,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBlRieLgMAAL0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd0k3fQv2nSFmi1C&#10;WmClLQdwE6eJSOxgu00XhIQE7xyBKyDxshKCM7Q3Ymwn3bYLEkJUampnxt98841nena+Lgu0okLm&#10;nIXYO3ExoizmSc4WIX41m3aGGElFWEIKzmiIb6jE5+OHD87qKqBdnvEioQIBCJNBXYU4U6oKHEfG&#10;GS2JPOEVZWBMuSiJgq1YOIkgNaCXhdN13b5Tc5FUgsdUSngbWSMeG/w0pbF6maaSKlSEGLgp8xTm&#10;OddPZ3xGgoUgVZbHDQ3yDyxKkjMIuoOKiCJoKfJ7UGUeCy55qk5iXjo8TfOYmhwgG889yuY6IxU1&#10;uYA4strJJP8fbPxidSVQnoTYx4iREkq0+bL5ufm+uTXfH5vb7ecAbT/B/tv24/bD5ivytWp1JQM4&#10;fF1dCZ23rC55/FqCwTmw6I0EHzSvn/ME0MlScaPUOhWlPgkaoLUpyM2uIHStUAwve/1hbzCCusVg&#10;87oDUy+HBO3ZeCnVU8oNDlldSmXLmcDKFCNpUpoBRFoWUNnHHeQiz/eG5tGUf+fmtW6PHDRzUY2G&#10;o57JFgq7c+q2ThbLPR14vwU7bf00WHcPDBJYtBRJ1rKO16yhDStEdP+4RqiKSy3QDMi1CgECOOkU&#10;/+ALsY997ZkmhIDGOG4JgRG0xNxqUhGlmekQeonqEBst9IuSr+iMG5M6Kh0EubMWbN8Ljh+ysmY4&#10;oQPAvbELE1Rz3Sst49O8KExtC6apDDx3YLSRvMgTbdRspFjMJ4VAK6Kb3Xx0MgB24FYJqSIiM+tn&#10;TDZnwZcsMVEySpKLZq1IXtg1ABVGdLiejTb6opo2fzdyRxfDi6Hf8bv9i47vRlHnyXTid/pTb9CL&#10;TqPJJPLea86eH2R5klCmabcjx/P/rqWb4WeHxW7oHKR3oMLUfO6r4BzSMCJBLu2vLULbu7bZ5zy5&#10;gT4W3M5QmPmwyLh4i1EN8zPE8s2SCIpR8YzBgBp5vq8Hrtn4vUEXNmLfMt+3EBYDVIgVhpuvlxNl&#10;h/SyEvkig0ieqTfjT2B+pLludDNoLKtmAzPSZNDMcz2E9/fG6+5fZ/wLAAD//wMAUEsDBBQABgAI&#10;AAAAIQA4BvM+3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMUQZXG&#10;qVClnIFQ4OrG2yQiXqe224S/Z3Oix9kdzbzJt5PtxQV96BwpWC4SEEi1Mx01CvYf5cMaRIiajO4d&#10;oYJfDLAtbm9ynRk30jteqtgIDqGQaQVtjEMmZahbtDos3IDEv6PzVkeWvpHG65HDbS/TJHmSVnfE&#10;Da0ecNdi/VOdrYLV964Z96/H+vQZT4Mfv8rkrSqVur+bXjYgIk7x3wwzPqNDwUwHdyYTRM/6ccno&#10;UQHXgJgNyeo5BXGYLynIIpfXE4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMGVGJ4u&#10;AwAAvQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADgG&#10;8z7cAAAACgEAAA8AAAAAAAAAAAAAAAAAiAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACRBgAAAAA=&#10;" path="m,l8953,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5685155,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
-[...186 lines deleted...]
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="364" w:lineRule="auto"/>
-        <w:ind w:left="826" w:right="721"/>
+        <w:ind w:left="117" w:right="886"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>город\село)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>настоящее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>время</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-        <w:t>істеймін</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
-[...123 lines deleted...]
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="364" w:lineRule="auto"/>
-        <w:ind w:left="826" w:right="721"/>
+        <w:ind w:left="117" w:right="255"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...80 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>город\село)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B601E0">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-        <w:t>хабарлаймын:</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="826"/>
+        <w:ind w:left="117"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B601E0">
+      <w:r w:rsidRPr="00DD2925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...59 lines deleted...]
-        <w:t>кейін</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidRDefault="00B601E0" w:rsidP="00B601E0">
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4335"/>
+        <w:gridCol w:w="2300"/>
+        <w:gridCol w:w="3329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidTr="008826A5">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidTr="008826A5">
+        <w:trPr>
+          <w:trHeight w:val="61"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="134" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7E42">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 2" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:70.9pt;margin-top:12.7pt;width:454.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9094,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXs90/KgMAAL0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38bPoXbbpaNS1C&#10;WmClLQdwE6eJSOxgu013ERISvHMEroDEy0oIztDeiLGTdNsuSAhRqamdGX/zzTee6dn5usjRigqZ&#10;cRZg58TGiLKIxxlbBPj1bNoZYCQVYTHJOaMBvqESn48ePzqrSp+6POV5TAUCECb9qgxwqlTpW5aM&#10;UloQecJLysCYcFEQBVuxsGJBKkAvcsu17Z5VcRGXgkdUSngb1kY8MvhJQiP1KkkkVSgPMHBT5inM&#10;c66f1uiM+AtByjSLGhrkH1gUJGMQdAcVEkXQUmQPoIosElzyRJ1EvLB4kmQRNTlANo59lM11Skpq&#10;cgFxZLmTSf4/2Ojl6kqgLA6wixEjBZRo82Xzc/N9c2e+PzZ3288+2n6C/bftx+2HzVfkatWqUvpw&#10;+Lq8EjpvWV7y6I0Eg3Vg0RsJPmheveAxoJOl4kapdSIKfRI0QGtTkJtdQehaoQhedvt9rzeEukVg&#10;c9y+qZdF/PZstJTqGeUGh6wuparLGcPKFCNuUpoBRFLkUNmnHWQjx3MG5tGUf+fmtG5PLDSzUYWG&#10;9tA7dgKh9rHsruP8Fuy09dNg7h4YJLBoKZK0ZR2tWUMbVojo/rGNUCWXWqAZkGsVAgRw0in+wRdi&#10;H/vWZ5oQAhrjuCUERtAS8zrdkijNTIfQS1QF2GihXxR8RWfcmNRR6SDIvTVn+15w/JBVbYYTOgDc&#10;m3phgmque6VlfJrlualtzjSVvmP3jTaS51msjZqNFIv5OBdoRXSzm49OBsAO3EohVUhkWvsZU52z&#10;4EsWmygpJfGkWSuS5fUagHIjOlzPRht9UU2bv4P0JoPJwOt4bm/S8eww7FxMx16nN3X63fA0HI9D&#10;573m7Hh+msUxZZp2O3Ic7+9auhl+9bDYDZ2D9A5UmJrPQxWsQxpGJMil/a2L0PZu3exzHt9AHwte&#10;z1CY+bBIubjFqIL5GWD5dkkExSh/zmBADR3P0wPXbLxu34WN2LfM9y2ERQAVYIXh5uvlWNVDelmK&#10;bJFCJMfUm/ELmB9JphvdDJqaVbOBGWkyaOa5HsL7e+N1/68z+gUAAP//AwBQSwMEFAAGAAgAAAAh&#10;AKoLSkzeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrK/VSgZMIUBXiIFo1&#10;t14aEFJvJl6cqPE6tQ2kf1/nVI6zM5p5W2xH07MrOt9ZEpAuEmBIjVUdaQGHfTV/AeaDJCV7Syjg&#10;Fz1sy9lDIXNlb/SJ1zpoFkvI51JAG8KQc+6bFo30CzsgRe9snZEhSqe5cvIWy03PsyRZcyM7igut&#10;HPCtxea7vhgBH2fU7/vn6viTOaVr/1qNX0MqxNPjuNsACziG/zBM+BEdysh0shdSnvVRL9OIHgRk&#10;qyWwKZCs0gzYabqsgZcFv3+h/AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCXs90/KgMA&#10;AL0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqC0pM&#10;3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;jwYAAAAA&#10;" path="m,l9093,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5774055,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9280"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="138" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:right="179"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRPr="00DD2925" w:rsidRDefault="003F7E42" w:rsidP="00DD2925">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния: фигура 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:9.95pt;width:454.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9094,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1SiHEKwMAAL0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd0kJdufaNPVqmkR&#10;0gIrbTmAmzhNRGIH2226ICQkeOcIXAGJl5UQnKG9EWM76bZdkBCiUlM7M/7mm28807PzdVmgFRUy&#10;5yzE3omLEWUxT3K2CPGr2bQzwEgqwhJScEZDfEMlPh89fHBWVwHt8owXCRUIQJgM6irEmVJV4Dgy&#10;zmhJ5AmvKANjykVJFGzFwkkEqQG9LJyu6/acmoukEjymUsLbyBrxyOCnKY3VyzSVVKEixMBNmacw&#10;z7l+OqMzEiwEqbI8bmiQf2BRkpxB0B1URBRBS5HfgyrzWHDJU3US89LhaZrH1OQA2XjuUTbXGamo&#10;yQXEkdVOJvn/YOMXqyuB8gRqhxEjJZRo82Xzc/N9c2u+Pza3288B2n6C/bftx+2HzVfkadXqSgZw&#10;+Lq6EjpvWV3y+LUEg3Ng0RsJPmheP+cJoJOl4kapdSpKfRI0QGtTkJtdQehaoRhenvb7fm8IdYvB&#10;5nX7pl4OCdqz8VKqp5QbHLK6lMqWM4GVKUbSpDQDiLQsoLKPO8hFnu8NzKMp/84NNLBujxw0c1GN&#10;hu7QP3bqtk4Wyz31vN+CPWn9NFh3DwwSWLQUSdayjtesoQ0rRHT/uEaoikst0AzItQoBAjjpFP/g&#10;C7GPfe2ZJoSAxjhuCYERtMTcplsRpZnpEHqJ6hAbLfSLkq/ojBuTOiodBLmzFmzfC44fsrJmOKED&#10;wL2xCxNUc90rLePTvChMbQumqfQ9t2+0kbzIE23UbKRYzMeFQCuim918dDIAduBWCakiIjPrZ0w2&#10;Z8GXLDFRMkqSSbNWJC/sGoAKIzpcz0YbfVFNm7+D9CaDycDv+N3epOO7UdS5mI79Tm/q9U+jJ9F4&#10;HHnvNWfPD7I8SSjTtNuR4/l/19LN8LPDYjd0DtI7UGFqPvdVcA5pGJEgl/bXFqHtXdvsc57cQB8L&#10;bmcozHxYZFy8xaiG+Rli+WZJBMWoeMZgQA0939cD12z8034XNmLfMt+3EBYDVIgVhpuvl2Nlh/Sy&#10;Evkig0ieqTfjFzA/0lw3uhk0llWzgRlpMmjmuR7C+3vjdfevM/oFAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGp7Eg3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUGs7AtSGOBUg&#10;cuNCipC4ufHWiYjXwXbb8Pe4J7jNaEazb6vN7EZ2xBAHTwrkUgBD6rwZyCp43zaLFbCYNBk9ekIF&#10;PxhhU19eVLo0/kRveGyTZXmEYqkV9ClNJeex69HpuPQTUs72Pjidsg2Wm6BPedyNvBDinjs9UL7Q&#10;6wmfe+y+2oNT8LpH+7K9aT6+i2BsG5+a+XOSSl1fzY8PwBLO6a8MZ/yMDnVm2vkDmcjG7G9lRk9Z&#10;rNfAzgVxJwtgOwWFkMDriv9/of4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdUohxCsD&#10;AAC9BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEABqex&#10;IN4AAAAKAQAADwAAAAAAAAAAAAAAAACFBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AJAGAAAAAA==&#10;" path="m,l9093,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5774055,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRDefault="00DD2925" w:rsidP="00DD2925">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRDefault="00DD2925">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD2925" w:rsidRDefault="00DD2925">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4106"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="55" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="4106"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>освобождения от должностей первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="152" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4106"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="262" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1040" style="position:absolute;margin-left:70.9pt;margin-top:10pt;width:454.7pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9094,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYrURKKwMAAL0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd0kJdufaNPVqmkR&#10;0gIrbTmAmzhNRGIH2226ICQkeOcIXAGJl5UQnKG9EWM76bZdkBAiUp1xZvzNNzOe6dn5uizQigqZ&#10;cxZi78TFiLKYJzlbhPjVbNoZYCQVYQkpOKMhvqESn48ePjirq4B2ecaLhAoEIEwGdRXiTKkqcBwZ&#10;Z7Qk8oRXlIEy5aIkCrZi4SSC1IBeFk7XdXtOzUVSCR5TKeFrZJV4ZPDTlMbqZZpKqlARYuCmzCrM&#10;OterMzojwUKQKsvjhgb5BxYlyRk43UFFRBG0FPk9qDKPBZc8VScxLx2epnlMTQwQjeceRXOdkYqa&#10;WCA5stqlSf4/2PjF6kqgPAkxFIqREkq0+bL5ufm+uTW/H5vb7ecAbT/B/tv24/bD5isa6KzVlQzg&#10;8HV1JXTcsrrk8WsJCudAozcSbNC8fs4TQCdLxU2m1qko9UnIAVqbgtzsCkLXCsXw8bTf93tDqFsM&#10;Oq/bN/VySNCejZdSPaXc4JDVpVS2nAlIphhJE9IMINKygMo+7iAXeb43MEtT/p2Z15o9ctDMRTUa&#10;ukP/2KjbGlks99Tzfgv2pLXTYN09MAhg0VIkWcs6XrOGNkiI6P5xTaIqLnWCZkCuzRAggJEO8Q+2&#10;4PvY1p5pXAhojOOWEBhBS8xtuBVRmpl2oUVUh9jkQn8o+YrOuFGpo9KBkzttwfat4PghK6uGE9oB&#10;3BsrGKea615pGZ/mRWFqWzBNpe+5fZMbyYs80UrNRorFfFwItCK62c2jgwGwA7NKSBURmVk7o7Ix&#10;C75kifGSUZJMGlmRvLAyABUm6XA9m9zoi2ra/B2ENxlMBn7H7/YmHd+Nos7FdOx3elOvfxo9icbj&#10;yHuvOXt+kOVJQpmm3Y4cz/+7lm6Gnx0Wu6FzEN5BFqbmuZ8F55CGSRLE0r5tEdretc0+58kN9LHg&#10;dobCzAch4+ItRjXMzxDLN0siKEbFMwYDauj5vh64ZuOf9ruwEfua+b6GsBigQqww3HwtjpUd0stK&#10;5IsMPHmm3oxfwPxIc93oZtBYVs0GZqSJoJnnegjv743V3b/O6BcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBgMM23AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOskAoTSOBUg&#10;cuNCipC4ufHWiYjXwXbb8PdsTnCc3dHMm2o7u1GcMMTBk4J8nYFA6rwZyCp43zWrBxAxaTJ69IQK&#10;fjDCtr68qHRp/Jne8NQmKziEYqkV9ClNpZSx69HpuPYTEv8OPjidWAYrTdBnDnejLLLsXjo9EDf0&#10;esLnHruv9ugUvB7Qvuxumo/vIhjbxqdm/pxypa6v5scNiIRz+jPDgs/oUDPT3h/JRDGyvs0ZPSng&#10;GhCLIbvLCxD75VKArCv5f0L9CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABitREorAwAA&#10;vQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEGAwzbc&#10;AAAACgEAAA8AAAAAAAAAAAAAAAAAhQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACO&#10;BgAAAAA=&#10;" path="m,l9093,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5774055,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="138" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="117"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3235"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4462"/>
+        <w:gridCol w:w="463"/>
+        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="1978"/>
+        <w:gridCol w:w="4443"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B601E0" w:rsidRPr="00B601E0" w:rsidTr="00401790">
-[...1677 lines deleted...]
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...11 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...36 lines deleted...]
-              <w:t>құжат</w:t>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подтверждающий </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>до-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кумент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...16 lines deleted...]
-                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...11 lines deleted...]
-              <w:spacing w:before="102"/>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="101"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve">Баллы </w:t>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...22 lines deleted...]
-              <w:t>деңгейі</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="220"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Копии диплома об об-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>разовании и приложе-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...39 lines deleted...]
-              <w:t>көшірмелері</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ния</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...162 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1192"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>очное =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...67 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...25 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:line="195" w:lineRule="exact"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Магистр</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...44 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="980"/>
+          <w:trHeight w:val="891"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ученая/академическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...5 lines deleted...]
-              <w:t>дәрежесі</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="220"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Копии диплома об об-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>разовании и приложе-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...39 lines deleted...]
-              <w:t>көшірмелері</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ния</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...51 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2502"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:line="195" w:lineRule="exact"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...26 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...32 lines deleted...]
-              <w:t>фикаттау</w:t>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="122" w:right="227"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертифика-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ции</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кандидатов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...67 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>квалификационная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...35 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
           <w:trHeight w:val="2074"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...22 lines deleted...]
-              <w:t>санаты</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...51 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="277"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...5 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="101" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2188"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...8 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:line="195" w:lineRule="exact"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...35 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="1574"/>
+          <w:trHeight w:val="1115"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...75 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>методиче-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ской</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...5 lines deleted...]
-              <w:t>тәжірибесі</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...2 lines deleted...]
-              <w:ind w:left="122"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="126"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>трудовая книжка/доку-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мент, заменяющий тру-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...22 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>довую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лет)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="101" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лет)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лет)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...60 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...232 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="886"/>
+          <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
-              <w:ind w:left="122" w:right="400"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+              <w:ind w:left="122" w:right="143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...5 lines deleted...]
-              <w:t>үшін</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
-              <w:ind w:left="122" w:right="265"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+              <w:ind w:left="122" w:right="239"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение к дипло-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...22 lines deleted...]
-              <w:t>шасы</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>му</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной практи-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«отлично» =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...77 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«хорошо»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...96 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="1480"/>
+          <w:trHeight w:val="1484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="190"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыду-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...22 lines deleted...]
-              <w:t>хат</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>щего места работы (по должности пе-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дагога)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="165"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>письмо (организация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образования, объявив-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...73 lines deleted...]
-              <w:t>ұйымға</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>самостоя-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тельно делает запрос в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организацию/учебное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4291" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="146"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...67 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...182 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00C755D9" w:rsidRPr="00386251">
+        </w:rPr>
+        <w:sectPr w:rsidR="003F7E42" w:rsidRPr="003F7E42">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1660" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
         <w:ind w:left="117"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="3"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386251">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="3"/>
-[...77 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:group id="Группа 5" o:spid="_x0000_s1038" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv39YB4gIAAE4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVWuO0zAQ/o/EHSz/7+bR9JGo6WpfXSEt&#10;sGLhAG7iJBaJHWy36YKQkDgCF+EGXGH3RozttFu6rISWVkrtzHj8zffNTGfHm6ZGayoVEzzFwZGP&#10;EeWZyBkvU/zh/WIwxUhpwnNSC05TfEsVPp6/fDHr2oSGohJ1TiWCIFwlXZviSus28TyVVbQh6ki0&#10;lIOxELIhGray9HJJOoje1F7o+2OvEzJvpcioUvD23Bnx3MYvCprpt0WhqEZ1igGbtk9pn0vz9OYz&#10;kpSStBXLehjkGSgawjhcugt1TjRBK8kehWpYJoUShT7KROOJomAZtTlANoF/kM2lFKvW5lImXdnu&#10;aAJqD3h6dtjszfpaIpaneIQRJw1IdPfj/tv997tf8P2JRoahri0TcLyU7U17LV2asLwS2UcFZu/Q&#10;bvalc0bL7rXIISpZaWEZ2hSyMSEgd7SxQtzuhKAbjTJ4OR4OwzAEvTKwBbE/6oXKKlDz0amsuujP&#10;xfEkdIeG9oRHEnedhdhDMvlAsakHPtX/8XlTkZZamZShqedzvOXzHRQh4WVN0cSRab22TCpHI+Li&#10;rAIveiKl6CpKcgAVGH+AvnfAbBSI8Dxen+SHJK1U+pKKBplFiiWAtnKR9ZXSBsaDi1FPiZrlC1bX&#10;diPL5Vkt0ZpAlw3txyI/cKu5cebCHHMR3RtQHe4wNqO/7ZovcRBG/mkYDxbj6WQQLaLRIJ7404Ef&#10;xKfx2I/i6Hzx1QAMoqRieU75FeN028FB9G+K9rPE9Z7tYdSlOB6FI5v700n69vO3JBumYaDVrEnx&#10;dOdEEqPoBc8hbZJowmq39v6Eb1kGDra/lhWrv5Hc1e1S5LcgvxQgEjQIjF5YVEJ+xqiDMZZi9WlF&#10;JMWofsWhhOIgiszcs5toNDFNJfcty30L4RmESrHGyC3PtJuVq1aysoKbAksMFyfQzgWzhWFK0qHq&#10;ixVay67s0LK59APWTMX9vfV6+BuY/wYAAP//AwBQSwMEFAAGAAgAAAAhACg6OxfbAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd7qJkprTbMREduTFNSCeBuzYxLMzobsmsR/&#10;320v9TLweI/3vkkXg6lFR62rLCuIxxEI4tzqigsF3/uP5zcQziNrrC2Tghs5WGSjhxQTbXveUrfz&#10;hQgl7BJUUHrfJFK6vCSDbmwb4uCdbWvQB9kWUrfYh3JTy0kUvUqDFYeFEhtalZRfdlej4LPHfjmN&#10;193mcl7djvuXr8MmJqWeHoflOwhPg/8Pwy9+QIcsMJ3slbUTtYLwiP+7wZvPZxMQJwXTCGSWynv2&#10;7AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBv39YB4gIAAE4GAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAoOjsX2wAAAAMBAAAPAAAAAAAAAAAA&#10;AAAAADwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAARAYAAAAA&#10;">
+            <v:rect id="Rectangle 7" o:spid="_x0000_s1039" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQj8JkwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8JA&#10;EITvwv6HoRf2phNzCJLNKCK7ILggPhD21mQ6D8z0hMxokn/vCILHoqq+orLVYBpxp87VlhXMZxEI&#10;4tzqmksF59PvdAHCeWSNjWVSMJKD1fJjkmGqbc8Huh99KQKEXYoKKu/bVEqXV2TQzWxLHLzCdgZ9&#10;kF0pdYd9gJtGxlGUSIM1h4UKW9pUlF+PN6Pg/2cui3i87WyejH+bi9v3Ni6U+voc1t8gPA3+HX61&#10;t1pBAs8r4QbI5QMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDQj8JkwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#333" stroked="f"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10651" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="2676"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="687"/>
+        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="1978"/>
+        <w:gridCol w:w="4443"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="18"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заведение по последне-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>му</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>месту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>работы/уче-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="2"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...58 lines deleted...]
-              <w:t>жасайды)</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
+        <w:trPr>
+          <w:trHeight w:val="2495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="153"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>профессиональных дости-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="223"/>
+              </w:tabs>
+              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="165" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>победителей олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и конкурсов, научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>проектов обучающих-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="223"/>
+              </w:tabs>
+              <w:spacing w:before="72" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="165" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>победителей олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="223"/>
+              </w:tabs>
+              <w:spacing w:before="35" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:right="269" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>града</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1153"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="876"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="225"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
+        <w:trPr>
+          <w:trHeight w:val="1808"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="343"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-авторские работы и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>перечень МП РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>перечень РУМС =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="44" w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="123" w:right="251"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской дея-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тельности, включенный в перечень КОКСО, Scopus = 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="3871"/>
+          <w:trHeight w:val="1941"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...5 lines deleted...]
-              <w:t>8.</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...39 lines deleted...]
-              <w:t>көрсеткіштері</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Общественно-педагогическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деятель-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
-[...7 lines deleted...]
-              </w:tabs>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
               <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
-              <w:ind w:right="125" w:firstLine="0"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+              <w:ind w:left="122" w:right="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подтвержда-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ющий общественно-пе-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дагогическую деятель-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...295 lines deleted...]
-              <w:t>града</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="52" w:line="364" w:lineRule="auto"/>
-              <w:ind w:left="123"/>
-[...74 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+              <w:ind w:left="123" w:right="2358"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...50 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...42 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:line="195" w:lineRule="exact"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...137 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="101" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="199"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 бал-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="35" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="123" w:right="499"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, ино-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>странный)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...329 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="1577"/>
+          <w:trHeight w:val="6252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1244 lines deleted...]
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...22 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="222"/>
+                <w:tab w:val="left" w:pos="223"/>
               </w:tabs>
-              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="354" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пред-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>метной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="222"/>
+                <w:tab w:val="left" w:pos="223"/>
               </w:tabs>
-              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="135" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>цифро-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="1040"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="261"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обу-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>чение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Основы программиро-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вания в Python», «Обу-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>чение работе с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Microsoft»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="264"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>КАЗТЕСТ,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+              <w:t xml:space="preserve">Международные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кур-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...61 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="69"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="197"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English to Speakers of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...220 lines deleted...]
-              <w:t>«CELTA</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өрлеу»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...19 lines deleted...]
-              <w:spacing w:before="101"/>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="3487"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="171"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам, согласован-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ным с уполномоченным органом в области образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>реализуемым организациями повышения квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>включенных в список в соответствии с приказом Мини-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стра образования и науки Республики Казахстан от 28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>января 2016 года № 95 (зарегистрирован в Реестре госу-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дарственной регистрации нормативных правовых актов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>под</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№ 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="74"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...283 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...78 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(каждый отдельно)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-        </w:rPr>
-[...1 lines deleted...]
-          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003F7E42" w:rsidRPr="003F7E42">
+          <w:headerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
         <w:ind w:left="117"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="3"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386251">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="3"/>
-[...77 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:group id="Группа 3" o:spid="_x0000_s1036" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAknb0q4gIAAE4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVWuO0zAQ/o/EHSz/7+bR9JGo6WpfXSEt&#10;sGLhAG7iJBaJHWy36YKQkDgCF+EGXGH3RozttFu6rISWVkrtzHj8zffNTGfHm6ZGayoVEzzFwZGP&#10;EeWZyBkvU/zh/WIwxUhpwnNSC05TfEsVPp6/fDHr2oSGohJ1TiWCIFwlXZviSus28TyVVbQh6ki0&#10;lIOxELIhGray9HJJOoje1F7o+2OvEzJvpcioUvD23Bnx3MYvCprpt0WhqEZ1igGbtk9pn0vz9OYz&#10;kpSStBXLehjkGSgawjhcugt1TjRBK8kehWpYJoUShT7KROOJomAZtTlANoF/kM2lFKvW5lImXdnu&#10;aAJqD3h6dtjszfpaIpaneIgRJw1IdPfj/tv997tf8P2Jhoahri0TcLyU7U17LV2asLwS2UcFZu/Q&#10;bvalc0bL7rXIISpZaWEZ2hSyMSEgd7SxQtzuhKAbjTJ4OR4OwzAEvTKwBbE/6oXKKlDz0amsuujP&#10;xfEkdIeG9oRHEnedhdhDMvlAsakHPtX/8XlTkZZamZShqecz2vL5DoqQ8LKmaOTItF5bJpWjEXFx&#10;VoEXPZFSdBUlOYAKjD9A3ztgNgpEeB6vT/JDklYqfUlFg8wixRJAW7nI+kppA+PBxainRM3yBatr&#10;u5Hl8qyWaE2gy4b2Y5EfuNXcOHNhjrmI7g2oDncYm9Hfds2XOAgj/zSMB4vxdDKIFtFoEE/86cAP&#10;4tN47EdxdL74agAGUVKxPKf8inG67eAg+jdF+1nies/2MOpSHI/Ckc396SR9+/lbkg3TMNBq1qR4&#10;unMiiVH0gueQNkk0YbVbe3/CtywDB9tfy4rV30ju6nYp8luQXwoQCRoERi8sKiE/Y9TBGEux+rQi&#10;kmJUv+JQQnEQRWbu2U00mpimkvuW5b6F8AxCpVhj5JZn2s3KVStZWcFNgSWGixNo54LZwjAl6VD1&#10;xQqtZVd2aNlc+gFrpuL+3no9/A3MfwMAAP//AwBQSwMEFAAGAAgAAAAhACg6OxfbAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd7qJkprTbMREduTFNSCeBuzYxLMzobsmsR/&#10;320v9TLweI/3vkkXg6lFR62rLCuIxxEI4tzqigsF3/uP5zcQziNrrC2Tghs5WGSjhxQTbXveUrfz&#10;hQgl7BJUUHrfJFK6vCSDbmwb4uCdbWvQB9kWUrfYh3JTy0kUvUqDFYeFEhtalZRfdlej4LPHfjmN&#10;193mcl7djvuXr8MmJqWeHoflOwhPg/8Pwy9+QIcsMJ3slbUTtYLwiP+7wZvPZxMQJwXTCGSWynv2&#10;7AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAknb0q4gIAAE4GAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAoOjsX2wAAAAMBAAAPAAAAAAAAAAAA&#10;AAAAADwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAARAYAAAAA&#10;">
+            <v:rect id="Rectangle 5" o:spid="_x0000_s1037" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBPEfmIwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhf4HsYXeajmmmOJaDiG0EEghJCmF3hZr/SDWyliKH/++CgR6HGbmGyZfz6YTIw2utaxgFcUg&#10;iEurW64VfJ8/X95AOI+ssbNMChZysC4eH3LMtJ34SOPJ1yJA2GWooPG+z6R0ZUMGXWR74uBVdjDo&#10;gxxqqQecAtx0MonjVBpsOSw02NO2ofJyuhoFvx8rWSXLdW/LdPna/rjDZJNKqeenefMOwtPs/8P3&#10;9k4reIXblXADZPEHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATxH5iMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#333" stroked="f"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="14964" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="3372"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4454"/>
+        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="1978"/>
+        <w:gridCol w:w="4443"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
           <w:trHeight w:val="13287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="395"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching English to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Speakers of Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...42 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="70"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="371"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="164"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>as a Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="367"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Speakers of Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="328"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English for young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="271"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English as a Foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="71" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IHCYLT - International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>House Certificate In</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="513"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Becoming a Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="71" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="272"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Assessment for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Learning: Formative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Assessment in Science</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="442"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Online Teaching for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Development and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="71" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="943"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...209 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="307"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курсы на платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Coursera,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="277"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">English </w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...784 lines deleted...]
-              <w:t>Teaching</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...35 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00C755D9" w:rsidRPr="00386251">
+        <w:sectPr w:rsidR="003F7E42" w:rsidRPr="003F7E42">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
         <w:ind w:left="117"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="3"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386251">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="3"/>
-[...77 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:pict>
+          <v:group id="Группа 1" o:spid="_x0000_s1034" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhT/q45gIAAE8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVWtuEzEQ/o/EHSz/T/eRzWNX3VR9pUIq&#10;UFE4gOP17lrs2ovtZFMQEhJH4CLcgCu0N2JsJ2nagoRKIm3snfH4m++bmRwerdsGrZjSXIocRwch&#10;RkxQWXBR5fjD+/lgipE2RBSkkYLl+IZpfDR7+eKw7zIWy1o2BVMIggid9V2Oa2O6LAg0rVlL9IHs&#10;mABjKVVLDGxVFRSK9BC9bYI4DMdBL1XRKUmZ1vD2zBvxzMUvS0bN27LUzKAmx4DNuKdyz4V9BrND&#10;klWKdDWnGxjkGShawgVcugt1RgxBS8WfhGo5VVLL0hxQ2QayLDllLgfIJgofZXOh5LJzuVRZX3U7&#10;moDaRzw9Oyx9s7pSiBegHUaCtCDR7Y+7b3ffb3/B9yeKLEN9V2XgeKG66+5K+TRheSnpRw3m4LHd&#10;7ivvjBb9a1lAVLI00jG0LlVrQ0DuaO2EuNkJwdYGUXg5Hg7jOAa9KNiiNBxthKI1qPnkFK3PN+fS&#10;dBL7Q0N3IiCZv85B3ECy+UCx6Xs+9f/xeV2TjjmZtKVpyycg8YS+gyokomoYGno2nduWSu15REKe&#10;1uDFjpWSfc1IAagc+4B974DdaFDhecT+lSCSdUqbCyZbZBc5VgDa6UVWl9pYle9drHxaNryY86Zx&#10;G1UtThuFVgTabOg+NlM48sCtEdZZSHvMm/0bkB3usDZbAK5tvqRRnIQncTqYj6eTQTJPRoN0Ek4H&#10;YZSepOMwSZOz+VcLMEqymhcFE5dcsG0LR8m/SboZJr75XBOjPsfpKB653B+g1/tJhu7zpyRbbmCi&#10;NbzN8XTnRDKr6LkoIG2SGcIbvw4ewneUAQfbX8eK099K7gt3IYsbkF9JEAk6BGYvLGqpPmPUwxzL&#10;sf60JIph1LwSUEJplCR28LlNMprYrlL7lsW+hQgKoXJsMPLLU+OH5bJTvKrhpsgRI+Qx9HPJXWHY&#10;kvSoAPemt9zKTS2Xy2bC2rG4v3de9/8Ds98AAAD//wMAUEsDBBQABgAIAAAAIQAoOjsX2wAAAAMB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMoXe6iZKa02zERHbkxTUgngbs2MSzM6G&#10;7JrEf99tL/Uy8HiP975JF4OpRUetqywriMcRCOLc6ooLBd/7j+c3EM4ja6wtk4IbOVhko4cUE217&#10;3lK384UIJewSVFB63yRSurwkg25sG+LgnW1r0AfZFlK32IdyU8tJFL1KgxWHhRIbWpWUX3ZXo+Cz&#10;x345jdfd5nJe3Y77l6/DJialnh6H5TsIT4P/D8MvfkCHLDCd7JW1E7WC8Ij/u8Gbz2cTECcF0whk&#10;lsp79uwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYU/6uOYCAABPBgAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKDo7F9sAAAADAQAADwAAAAAA&#10;AAAAAAAAAABABQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEgGAAAAAA==&#10;">
+            <v:rect id="Rectangle 3" o:spid="_x0000_s1035" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAvEMSVwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCN7WtD2IVKNIUVhYQdYVwdvQTB/YTEoTbfvvzYKwt/n4nrPeDqYRT+pcbVlBPI9AEOdW&#10;11wquPwePpcgnEfW2FgmBSM52G4mH2tMte35h55nX4oQwi5FBZX3bSqlyysy6Oa2JQ5cYTuDPsCu&#10;lLrDPoSbRiZRtJAGaw4NFbaUVZTfzw+j4LaPZZGMj2+bL8ZjdnWn3iaFUrPpsFuB8DT4f/Hb/aXD&#10;/AT+fgkHyM0LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALxDElcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="#333" stroked="f"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10510" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="3372"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="1978"/>
+        <w:gridCol w:w="4443"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="5255"/>
+          <w:trHeight w:val="1347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="18" w:line="280" w:lineRule="auto"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="474"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Special </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
               <w:ind w:left="122" w:right="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Developing </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...312 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:before="2"/>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>chemistry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="69"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...39 lines deleted...]
-              <w:t>«</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...18 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="1671"/>
+          <w:trHeight w:val="1901"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>послевузовского образования, обучив-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шийся по государственному образова-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тельному гранту, участник государ-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ственной программ «С дипломом в се-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ло!», «Серпiн» ,педагог, направлен-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ный по молодежной практике Цен-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...158 lines deleted...]
-              <w:t>педагог</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тром</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="118"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат обладате-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ля государственного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образовательного гран-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>та,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">иегерінің </w:t>
-[...41 lines deleted...]
-              <w:t>ты</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcW w:w="4443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="123"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386251">
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidTr="009660E8">
+      <w:tr w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="296"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3835" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00386251">
-[...5 lines deleted...]
-              <w:t>Барлығы:</w:t>
+            <w:r w:rsidRPr="003F7E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:tcW w:w="6421" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
-[...18 lines deleted...]
-          <w:p w:rsidR="00C755D9" w:rsidRPr="00386251" w:rsidRDefault="00C755D9" w:rsidP="009660E8">
+          <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="003F7E42" w:rsidRDefault="003F7E42" w:rsidP="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRDefault="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9" w:rsidP="00C755D9">
+    <w:p w:rsidR="003F7E42" w:rsidRPr="004D07D1" w:rsidRDefault="003F7E42">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...327 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00C755D9" w:rsidSect="00C755D9">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="003F7E42" w:rsidRPr="004D07D1" w:rsidSect="00247927">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -17586,1338 +13962,616 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00C755D9" w:rsidRDefault="00C755D9">
+  <w:p w:rsidR="00F525D0" w:rsidRDefault="003F7E42">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="ac"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17B1A9AB" wp14:editId="15C6C197">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07B3FAC7" wp14:editId="1EA85633">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>900175</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>502919</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="876300" cy="257175"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="37" name="image1.png"/>
+          <wp:docPr id="7" name="image1.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="image1.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="876300" cy="257175"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...299 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict>
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="Надпись 11" o:spid="_x0000_s2051" type="#_x0000_t202" style="position:absolute;margin-left:448.65pt;margin-top:31.25pt;width:61.6pt;height:39.65pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8iZC6xAIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuFX0i2ZYQOUgsqyiQ&#10;foC0B6AlyiIqkSpJW06LLrrvFXqHLrrorldwbtQhZTtOggJFWy2IIWfmze9pzs43bYPWVComeIr9&#10;Ew8jygtRMr5M8ds3uTPBSGnCS9IITlN8QxU+nz59ctZ3CQ1ELZqSSgQgXCV9l+Ja6y5xXVXUtCXq&#10;RHSUg7ISsiUarnLplpL0gN42buB5I7cXsuykKKhS8JoNSjy1+FVFC/2qqhTVqEkx5KbtKe25MKc7&#10;PSPJUpKuZsUuDfIXWbSEcQh6gMqIJmgl2SOolhVSKFHpk0K0rqgqVlBbA1Tjew+qua5JR20t0BzV&#10;Hdqk/h9s8XL9WiJWwux8jDhpYUbbr9tv2+/bn9sft59vvyBQQJf6TiVgfN2Bud5cig142IpVdyWK&#10;dwpxMasJX9ILKUVfU1JCltbTPXIdcJQBWfQvRAnRyEoLC7SpZGtaCE1BgA7TujlMiG40KuBxPAlO&#10;A9AUoIq80yiKTG4uSfbOnVT6GRUtMkKKJRDAgpP1ldKD6d7ExOIiZ01jSdDwew+AObxAaHA1OpOE&#10;nenH2Ivnk/kkdMJgNHdCL8uci3wWOqPcH0fZaTabZf4nE9cPk5qVJeUmzJ5ffvhn89sxfWDGgWFK&#10;NKw0cCYlJZeLWSPRmgC/c/vtGnJk5t5Pw/YLanlQkh+E3mUQO/loMnbCPIyceOxNHM+PL+ORF8Zh&#10;lt8v6Ypx+u8loT7FcRREA5d+W5tnv8e1kaRlGjZIw9oUTw5GJDEMnPPSjlYT1gzyUStM+netgHHv&#10;B235aig6kFVvFhtAMSReiPIGmCsFMAtICGsPhFrIDxj1sEJSrN6viKQYNc85sN/sm70g98JiLxBe&#10;gGuKNUaDONPDXlp1ki1rQB7+Ly4u4A+pmGXvXRaQurnAWrBF7FaY2TvHd2t1t2invwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAK+dWOngAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sWYHSlabThOCEhNaVA8e08dpojVOabCtvT3aC22/50+/PxXq2Azvh5I0jCcuFAIbUOm2ok/BZ&#10;v91lwHxQpNXgCCX8oId1eX1VqFy7M1V42oWOxRLyuZLQhzDmnPu2R6v8wo1Icbd3k1UhjlPH9aTO&#10;sdwOPBEi5VYZihd6NeJLj+1hd7QSNl9UvZrvj2Zb7StT1ytB7+lBytubefMMLOAc/mC46Ed1KKNT&#10;446kPRskZKun+4hKSJNHYBdAJCKmJqaHZQa8LPj/H8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALyJkLrEAgAAsAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAK+dWOngAAAACwEAAA8AAAAAAAAAAAAAAAAAHgUAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAArBgAAAAA=&#10;" filled="f" stroked="f">
+          <v:textbox inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w:rsidR="00F525D0" w:rsidRPr="00956F14" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:before="13" w:line="249" w:lineRule="auto"/>
+                  <w:ind w:left="20" w:right="10"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Редакциялау</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>күні</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-37"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Сақтау</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>күні</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+              </w:p>
+              <w:p w:rsidR="00F525D0" w:rsidRPr="00956F14" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:before="1" w:line="249" w:lineRule="auto"/>
+                  <w:ind w:left="20" w:right="65"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Дата редакции</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Дата</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-8"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>скачивания</w:t>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="page" anchory="page"/>
+        </v:shape>
+      </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...205 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict>
+        <v:shape id="Надпись 10" o:spid="_x0000_s2050" type="#_x0000_t202" style="position:absolute;margin-left:526.6pt;margin-top:31.25pt;width:38pt;height:39.65pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDseCCnxwIAALcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv2STdpNtETVe7TYOQ&#10;lh9p4QHcxGksEjvYbtMFceDOK/AOHDhw4xW6b8TYabrdXSEhIAdr4pn55u/zTM+3TY02VComeIL9&#10;Ew8jynNRML5K8Ns3mTPBSGnCC1ILThN8QxU+nz19Mu3amI5EJeqCSgQgXMVdm+BK6zZ2XZVXtCHq&#10;RLSUg7IUsiEafuXKLSTpAL2p3ZHnjd1OyKKVIqdKwW3aK/HM4pclzfWrslRUozrBkJu2p7Tn0pzu&#10;bErilSRtxfJ9GuQvsmgI4xD0AJUSTdBaskdQDculUKLUJ7loXFGWLKe2BqjG9x5Uc12RltpaoDmq&#10;PbRJ/T/Y/OXmtUSsgNlBezhpYEa7r7tvu++7n7sft59vvyBQQJe6VsVgfN2Cud5eii142IpVeyXy&#10;dwpxMa8IX9ELKUVXUVJAlr7xdI9cexxlQJbdC1FANLLWwgJtS9mYFkJTEKBDOjeHCdGtRjlcBpPR&#10;2ANNDqrQOw3D0EYg8eDcSqWfUdEgIyRYAgEsONlcKW2SIfFgYmJxkbG6tiSo+b0LMOxvIDS4Gp1J&#10;ws70Y+RFi8liEjjBaLxwAi9NnYtsHjjjzD8L09N0Pk/9TyauH8QVKwrKTZiBX37wZ/PbM71nxoFh&#10;StSsMHAmJSVXy3kt0YYAvzP77RtyZObeT8M2AWp5UJI/CrzLUeRk48mZE2RB6ERn3sTx/OgyGntB&#10;FKTZ/ZKuGKf/XhLqEhyFo7Dn0m9r8+z3uDYSN0zDBqlZk+DJwYjEhoELXtjRasLqXj5qhUn/rhUw&#10;7mHQlq+Goj1Z9Xa57R+IiW64vBTFDRBYCiAYcBG2HwiVkB8w6mCTJFi9XxNJMaqfc3gEYKIHQQ7C&#10;chAIz8E1wRqjXpzrfj2tW8lWFSD3z4yLC3goJbMkvsti/7xgO9ha9pvMrJ/jf2t1t29nvwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhADOnsl7gAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyonUCjNsSpKgQnJEQaDhyd2E2sxusQu234e7anctvZHc2+KTazG9jJTMF6lJAsBDCDrdcW&#10;Owlf9dvDCliICrUaPBoJvybApry9KVSu/Rkrc9rFjlEIhlxJ6GMcc85D2xunwsKPBum295NTkeTU&#10;cT2pM4W7gadCZNwpi/ShV6N56U172B2dhO03Vq/256P5rPaVreu1wPfsIOX93bx9BhbNHK9muOAT&#10;OpTE1Pgj6sAG0mL5mJJXQpYugV0cSbqmTUPTU7ICXhb8f4nyDwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOx4IKfHAgAAtwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADOnsl7gAAAADAEAAA8AAAAAAAAAAAAAAAAAIQUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAAuBgAAAAA=&#10;" filled="f" stroked="f">
+          <v:textbox inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w:rsidR="00F525D0" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:before="13"/>
+                  <w:ind w:left="20"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>15.08.2023</w:t>
+                </w:r>
+              </w:p>
+              <w:p w:rsidR="00F525D0" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:before="8"/>
+                  <w:ind w:left="20"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>26.08.2023</w:t>
+                </w:r>
+              </w:p>
+              <w:p w:rsidR="00F525D0" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:before="8"/>
+                  <w:ind w:left="20"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>15.08.2023</w:t>
+                </w:r>
+              </w:p>
+              <w:p w:rsidR="00F525D0" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:before="8"/>
+                  <w:ind w:left="20"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>26.08.2023</w:t>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="page" anchory="page"/>
+        </v:shape>
+      </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...681 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict>
+        <v:shape id="Надпись 9" o:spid="_x0000_s2049" type="#_x0000_t202" style="position:absolute;margin-left:159.9pt;margin-top:31.8pt;width:261.4pt;height:34.85pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbJ0QwyAIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuFX0ifyREDhLLKgqk&#10;HyDtAWiJsohKpErSltOii+57hd6hiy666xWcG3VIWY6ToEDRVgtiRA7fzJt5nLPzbVOjDZWKCZ5g&#10;/8TDiPJcFIyvEvz2TeZMMVKa8ILUgtME31CFz2dPn5x1bUwDUYm6oBIBCFdx1ya40rqNXVflFW2I&#10;OhEt5XBYCtkQDb9y5RaSdIDe1G7geWO3E7JopcipUrCb9od4ZvHLkub6VVkqqlGdYMhN21XadWlW&#10;d3ZG4pUkbcXyfRrkL7JoCOMQ9ACVEk3QWrJHUA3LpVCi1Ce5aFxRliynlgOw8b0HbK4r0lLLBYqj&#10;2kOZ1P+DzV9uXkvEigRHGHHSQIt2X3ffdt93P3c/bj/ffkGRqVHXqhhcr1tw1ttLsYVeW76qvRL5&#10;O4W4mFeEr+iFlKKrKCkgR9/cdI+u9jjKgCy7F6KAYGSthQXalrIxBYSSIECHXt0c+kO3GuWweXrq&#10;R5MpHOVwFobBKBrZECQebrdS6WdUNMgYCZbQf4tONldKm2xIPLiYYFxkrK6tBmp+bwMc+x2IDVfN&#10;mcnCtvRj5EWL6WIaOmEwXjihl6bORTYPnXHmT0bpaTqfp/4nE9cP44oVBeUmzCAvP/yz9u2F3gvj&#10;IDAlalYYOJOSkqvlvJZoQ0Demf32BTlyc++nYYsAXB5Q8oPQuwwiJxtPJ06YhSMnmnhTx/Ojy2js&#10;hVGYZvcpXTFO/50S6kB5o2DUi+m33Dz7PeZG4oZpGCA1axI8PTiR2EhwwQvbWk1Y3dtHpTDp35UC&#10;2j002grWaLRXq94ut/Z9BCa6EfNSFDegYClAYKBFGH5gVEJ+wKiDQZJg9X5NJMWofs7hFZipMxhy&#10;MJaDQXgOVxOsMerNue6n07qVbFUBcv/OuLiAl1IyK+K7LPbvC4aD5bIfZGb6HP9br7txO/sFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCHA1g93wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLN2Cqq00nSYEJyREVw4c09ZrozVOabKtvD3mxG62/On39+fb2Q3ijFOwnjQsFwkIpMa3&#10;ljoNn9XrwxpEiIZaM3hCDT8YYFvc3uQma/2FSjzvYyc4hEJmNPQxjpmUoenRmbDwIxLfDn5yJvI6&#10;dbKdzIXD3SBXSZJKZyzxh96M+Nxjc9yfnIbdF5Uv9vu9/igPpa2qTUJv6VHr+7t59wQi4hz/YfjT&#10;Z3Uo2Kn2J2qDGDSo5YbVo4ZUpSAYWD+ueKiZVEqBLHJ5XaH4BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANsnRDDIAgAAtgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIcDWD3fAAAACgEAAA8AAAAAAAAAAAAAAAAAIgUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAAuBgAAAAA=&#10;" filled="f" stroked="f">
+          <v:textbox inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w:rsidR="00F525D0" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:before="32" w:line="208" w:lineRule="auto"/>
+                  <w:ind w:left="20"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Қазақстан</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-9"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Республикасының</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-9"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>электронды</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-8"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>нысандағы</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-9"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>нормативтік</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-9"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>құқықтық</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>актілердің</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>эталонды</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>бақылау</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>банкі</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+              </w:p>
+              <w:p w:rsidR="00F525D0" w:rsidRPr="00956F14" w:rsidRDefault="003F7E42">
+                <w:pPr>
+                  <w:spacing w:line="208" w:lineRule="auto"/>
+                  <w:ind w:left="20" w:right="319"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Эталонный</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-9"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>контрольный</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-8"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>банк</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-8"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>нормативных</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-8"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>правовых</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-8"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>актов</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-37"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Республики</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Казахстан</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>в</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>электронном</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00956F14">
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>виде</w:t>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="page" anchory="page"/>
+        </v:shape>
+      </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
@@ -19312,282 +14966,166 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4C454688"/>
+    <w:nsid w:val="2A454D02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0A3036CE"/>
-    <w:lvl w:ilvl="0" w:tplc="E55E0838">
+    <w:tmpl w:val="23E6706A"/>
+    <w:lvl w:ilvl="0" w:tplc="252C8E4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="122" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AD8C6152">
+    <w:lvl w:ilvl="1" w:tplc="A1E42EB2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="274" w:hanging="100"/>
+        <w:ind w:left="304" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23086204">
+    <w:lvl w:ilvl="2" w:tplc="B57CEC34">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="428" w:hanging="100"/>
+        <w:ind w:left="488" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C6C61966">
+    <w:lvl w:ilvl="3" w:tplc="2BB638BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="582" w:hanging="100"/>
+        <w:ind w:left="672" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D8247D8A">
+    <w:lvl w:ilvl="4" w:tplc="EBC22964">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="736" w:hanging="100"/>
+        <w:ind w:left="857" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8F2058DC">
+    <w:lvl w:ilvl="5" w:tplc="3C329ECA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="890" w:hanging="100"/>
+        <w:ind w:left="1041" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8AF67960">
+    <w:lvl w:ilvl="6" w:tplc="12C0CC1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1044" w:hanging="100"/>
+        <w:ind w:left="1225" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D8D4BC32">
+    <w:lvl w:ilvl="7" w:tplc="C9C4D792">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1198" w:hanging="100"/>
+        <w:ind w:left="1410" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83468A4A">
+    <w:lvl w:ilvl="8" w:tplc="9282335E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1352" w:hanging="100"/>
+        <w:ind w:left="1594" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5C6F454C"/>
-[...114 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19656,50 +15194,166 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="695529F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="07000444"/>
+    <w:lvl w:ilvl="0" w:tplc="EDDE1E02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="122" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9E746286">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="304" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3B185E10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="488" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="02746D58">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="672" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="50121A3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="857" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F5185A04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1041" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A530B316">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1225" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EDAEE3E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1410" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D1E001B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1594" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -19756,846 +15410,806 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="00004CA5"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00037C46"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="000573B9"/>
-    <w:rsid w:val="00063299"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="000831E4"/>
+    <w:rsid w:val="00075251"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
-    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B2B5D"/>
-    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001300C2"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
-    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
+    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
-    <w:rsid w:val="002B5698"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
-    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E1C9D"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="003F7E42"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
-    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="004260C3"/>
-    <w:rsid w:val="00427042"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
-    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004C087F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E0CB3"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005054D2"/>
     <w:rsid w:val="005116C4"/>
-    <w:rsid w:val="00512C2E"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="00523F20"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
-    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00682985"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00700ADC"/>
-    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E5E12"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A63866"/>
-    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AA60BA"/>
+    <w:rsid w:val="00AC2031"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
-    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1E41"/>
-    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
-    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B601E0"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
-    <w:rsid w:val="00B760F5"/>
-    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B94FF4"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
-    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C755D9"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
-    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
-    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
-    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD5EBD"/>
+    <w:rsid w:val="00DD2925"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
-    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E438DF"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
-    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E542C2"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E60985"/>
-    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EB7C4D"/>
+    <w:rsid w:val="00EC4243"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82AA5"/>
+    <w:rsid w:val="00F82B68"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA0CF0"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="40380AFE"/>
-  <w15:docId w15:val="{95A293F3-CD7E-4639-B223-785E317EC98C}"/>
+  <w14:docId w14:val="70795564"/>
+  <w15:docId w15:val="{658CD721-C42D-4CE3-9450-3CB8C47A1ED6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20940,50 +16554,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -21086,262 +16701,165 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A351FE"/>
+    <w:rsid w:val="00F82B68"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD4252"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B601E0"/>
+    <w:rsid w:val="00DD2925"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002B5698"/>
+    <w:rsid w:val="003F7E42"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ab"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002B5698"/>
-[...26 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="003F7E42"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="82916394">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...37 lines deleted...]
-    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1446004979">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -21596,78 +17114,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCF5F890-7B29-47EF-9D96-DADDE18281C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68E21F6A-5E1A-4474-9DDB-13317A79F7A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>9107</Characters>
+  <Pages>7</Pages>
+  <Words>1678</Words>
+  <Characters>9571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10683</CharactersWithSpaces>
+  <CharactersWithSpaces>11227</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>