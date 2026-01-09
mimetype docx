--- v0 (2025-12-09)
+++ v1 (2026-01-09)
@@ -1,12510 +1,9080 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="091C0EA4" w14:textId="6B8B3D85" w:rsidR="00E83974" w:rsidRPr="0060789C" w:rsidRDefault="00A25812" w:rsidP="00A25812">
+    <w:p w14:paraId="55AFCC37" w14:textId="4E8F3222" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КММ  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00004B3F">
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мемлекеттік және орыс тілдеріндегі </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543A408E" w14:textId="31DD5EA7" w:rsidR="00661D74" w:rsidRPr="00CD11C3" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагог-психолог</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00156739">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>педагога-психолога</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD11C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ос лауазымына конкурс өткізу туралы хабарлайды</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> с государственным и русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59CB7AF9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="432"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="437"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="23BD0BCA" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="33F65442" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:wAfter w:w="437" w:type="dxa"/>
           <w:trHeight w:val="711"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="146A56B0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E39982B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="4E8C5EC0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328F912C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="7A1BCA28" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C12006" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Қазақстан </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="15D37303" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1796A0DA" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="267A1B60" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0B25CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="3579074B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5B0F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="7F19A4C7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F52D3DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="08C57150" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="08A57D53" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC5A07C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAA8BE3" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 60-73-13</w:t>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="5112F43A" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="43191D4E" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6BEFF25C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1998C8A1" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="155595AB" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="5D6399DF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5B780C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00407673">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t> sosh21@goo.edu.kz</w:t>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="00E73D52" w14:paraId="1BC70190" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="5A05486B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5F302458" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="358614F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DF73EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6EC195" w14:textId="4EA7F747" w:rsidR="00661D74" w:rsidRPr="009F205E" w:rsidRDefault="00156739" w:rsidP="009F205E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагога-психолог</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD11C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00664B92" w:rsidRPr="00DD63AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="00664B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00664B92" w:rsidRPr="00DD63AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> став</w:t>
+            </w:r>
+            <w:r w:rsidR="00664B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2EB3C759" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17B8222A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E037150" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351ECB8D" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00661D74" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>изучает возрастные и психологические особенности, интересы и потребности обучающихся, воспитанников организаций образования и по месту жительства, создает условия для их реализации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7973B09E" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">-  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>содействует развитию талантов, умственных и физических способностей, формированию общей культуры личности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="664B99C7" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>способствует реализ</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>ации прав ребенка на участие в ассоциациях, общественных организациях в соответствии с действующим законодательством;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D575536" w14:textId="4205AF52" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1999">
+              <w:t xml:space="preserve"> организует вечера, праздники, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>каникулярный отдых обучающихся, воспитанников, поддерживает социально значимые инициативы обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A6CE45E" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> организует участие детей в культурно-массовых мероприятиях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E81A56A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> обеспечивает создание условий для охраны жизни и здоровья детей во время проведения мероприятий.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0894BB8A" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="41F37421" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BAE4D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F593C66" w14:textId="71A21DE6" w:rsidR="00B510F2" w:rsidRPr="00B510F2" w:rsidRDefault="00661D74" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00B510F2" w:rsidRPr="00B510F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D6F0586" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00B510F2" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B510F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 129 258,89 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3733B1E2" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00B510F2" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B510F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1B7CF0" w14:textId="6881A3D1" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1B024592" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEB4106" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="782A5D3E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C47FA1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B5E6F3" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00B510F2" w:rsidRDefault="00D27933" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">-   </w:t>
+            </w:r>
+            <w:r w:rsidR="00B510F2" w:rsidRPr="00B510F2">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51699CC4" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00B510F2" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B510F2">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C8D78F" w14:textId="5BAFF6A6" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B510F2">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="383E21DB" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133A37E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7513EE1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A2CA78" w14:textId="5A3D1CF9" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00A47D4E" w:rsidP="00A81D9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>28.08-05.09</w:t>
+            </w:r>
+            <w:r w:rsidR="00664B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...67 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №21 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="00E73D52" w14:paraId="4F71012E" w14:textId="77777777" w:rsidTr="00E83974">
-[...19 lines deleted...]
-          <w:p w14:paraId="3C93BAF8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0D417496" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A5943E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0A7884C7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6534E583" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E867C74" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08615938" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19A85C30" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE562AB" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D073407" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1863DEC4" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A65C02C" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C8A2FF3" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5E608F" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BAB1B46" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E4237A8" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5DD8CF" w14:textId="77777777" w:rsidR="00B510F2" w:rsidRPr="00E957B9" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31BBD0AE" w14:textId="4453608E" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00B510F2" w:rsidP="00B510F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...51 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E957B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="00E73D52" w14:paraId="61B1F0F8" w14:textId="77777777" w:rsidTr="00E83974">
-[...19 lines deleted...]
-          <w:p w14:paraId="3D4724EB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+      <w:tr w:rsidR="004379EA" w:rsidRPr="00B3089F" w14:paraId="101925BF" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1556E745" w14:textId="2CB118A7" w:rsidR="004379EA" w:rsidRPr="004D07D1" w:rsidRDefault="004379EA" w:rsidP="004379EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D6011BA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F2EEE0" w14:textId="210B94D6" w:rsidR="004379EA" w:rsidRPr="00B3089F" w:rsidRDefault="004379EA" w:rsidP="004379EA">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...420 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагог-психолог</w:t>
-[...110 lines deleted...]
-          <w:p w14:paraId="588B08BC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC2D2AE" w14:textId="05857A83" w:rsidR="004379EA" w:rsidRPr="00B510F2" w:rsidRDefault="004379EA" w:rsidP="004379EA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...55 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="70F02141" w14:textId="77777777" w:rsidTr="00E83974">
-[...2448 lines deleted...]
-      <w:tr w:rsidR="00E83974" w14:paraId="2A5A193C" w14:textId="77777777" w:rsidTr="00E83974">
+    </w:tbl>
+    <w:p w14:paraId="23225C03" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7830976F" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2E6DF0" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3C90B1" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11879D90" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB446D3" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110DD842" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2E1A04" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A8F495" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76BBA588" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17CA5575" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="483D3781" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F872D12" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD90A3E" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346ACC5C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="002EA51D" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18810C26" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29BBD3A4" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B30783" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6033FCD6" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC8FCF2" w14:textId="77777777" w:rsidR="00D27933" w:rsidRPr="004D07D1" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="75D166C7" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5401" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3E13A5DA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9CB00D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="7FAC4D75" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421A97EC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="10247712" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1143113A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="61F8A0DD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F8A567" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1A402863" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61EE3742" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ACACCD3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21207912" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D86E045" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="7D60C5D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0491E7ED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7B3275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4B97A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1A56B03A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="6805EA43" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB36FE6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="45F8EB33" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D88154" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="7963DBB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE644E4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="06F0F3AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18ED9C59" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="64C0A815" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFD19FA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DA5854" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E93BAAD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="307B2D16" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346D6F77" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="007D8309" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1892CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC50549" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6068B103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5BA4B8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="655A025E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="75CAFE82" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0792AF00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4919BDB2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
-[...159 lines deleted...]
-    <w:p w14:paraId="14029E3F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="21504A86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="437D9B39" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="2047C103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B8A65C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="7BC44AC1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7AD2EA4A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="3474D6EF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0873150B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="01665C61" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41FAF9B9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="4EF2A8A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="544B06EC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="4E3C6648" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5567F8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="7E2CC121" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="2924"/>
+        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="2724"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="12BF7D02" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7DAD6024" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="308285F0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          </w:tcPr>
+          <w:p w14:paraId="15F9FB30" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="1A5910CC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32261F01" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="65E615F5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B803689" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B9296C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A76CD41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="1AAD1939" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="578B4C4B" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4E4D5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FB1EEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DEA68B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...66 lines deleted...]
-          <w:p w14:paraId="572B6767" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A7F5BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...59 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D904464" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="15FAC406" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="029C8A9F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="503EC770" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...93 lines deleted...]
-        <w:t>):_____________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7EA484" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="1375E271" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7CB8DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="777A42FB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="47CC7F0D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="28687EA9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="0B32F93B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-        <w:t>____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCFED64" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="3D90084D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...64 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D2E08F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="599B50D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFD8F82" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="3678D392" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10776BF6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="545959DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="50757EFA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="02D93441" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="46952904" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="61B6413B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63536361" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="27F1674E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="111873C8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="7314D0E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721E7693" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="009F4F9E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="15B7EB14" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="7ABE1346" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC2138A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
-[...8 lines deleted...]
-    <w:p w14:paraId="6F747497" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="68F64B15" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...26 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670A5ABA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="4BAB4429" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0462C971" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD6A0C8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E3035B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="100486B7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B0C6FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CEADB4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F5DB1F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE4270E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-108" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="1E1C5C3A" w14:textId="77777777" w:rsidTr="002C54F0">
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="09F0E481" w14:textId="77777777" w:rsidTr="00F23D7E">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ABA7673" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+          <w:p w14:paraId="60DAF2B0" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E5ED80A" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+          <w:p w14:paraId="4A9D26EC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EB1589" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00D4564D" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AA5EE88" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00D4564D" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ABC8F00" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00D4564D" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EC6EAA9" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00D4564D" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1025324F" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00D4564D" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E07BD2A" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="410AE7C6" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
+    <w:p w14:paraId="797AE03B" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="002E00FE" w:rsidRDefault="00BE7344" w:rsidP="00BE7344">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A6A7470" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
+    <w:p w14:paraId="79F9408D" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00BE7344">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>ос</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...143 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4101E0E7" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
-[...35 lines deleted...]
-    <w:p w14:paraId="001DCD32" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
+    <w:p w14:paraId="6A2E4AA5" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00BE7344">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF28BAA" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="002E00FE" w:rsidRDefault="00BE7344" w:rsidP="00BE7344">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="0521E539" w14:textId="77777777" w:rsidTr="002C54F0">
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="63C635E0" w14:textId="77777777" w:rsidTr="00F23D7E">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1255B163" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE4A590" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11B076FB" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39D143B7" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1F96BA" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E62FD7" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...198 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="5D220E3B" w14:textId="77777777" w:rsidTr="002C54F0">
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="66FEBB7B" w14:textId="77777777" w:rsidTr="00F23D7E">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="460DCC5C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0076BDB8" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A65B42D" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4ABDD227" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F33F7A9" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="004D03FA" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37B0F1E6" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="004D03FA" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3CE6CA" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="004D03FA" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6E8BE1" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="004D03FA" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F90EEF" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BE9248" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="0890A780" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="556B4A07" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1003E169" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEB3E13" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB9634C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29235951" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>деңгейі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2631E5" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7055043E" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="5254464F" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6658DF96" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="30769F69" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51CE44AD" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="712D9043" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C045E5C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EA4F1B9" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DA1B41" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="76E47544" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="061A194C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32492EDC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C9774E1" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196BB61B" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5435DF88" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CD4750" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3598E9" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>Білімі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4237FC1C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78CF935D" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E5544C8" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="383C7902" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FB1F17" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="0A687C45" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3573AF96" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3223DE0B" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="250A0997" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1EA52C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB34F1D" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58EF0C56" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B9225F" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="742433EE" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="657409CD" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FA8FA28" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00918D9A" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF201D8" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>туралы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="613D9E73" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F48536" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A71D85" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="0EBD796E" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE92FA4" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2BD57BEC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="37FFE24E" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E998E71" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>дипломның</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13FA8987" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>және</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D7AB8EB" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3814BDAD" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="43274C42" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15E833CD" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0817F3DA" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19F2A466" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C99AB5C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E4F94C7" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0B8483" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE776EC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCA13B4" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F629D4F" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4539AD06" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50AFAA67" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E29087B" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07375970" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>дипломға</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>қосымшаның</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>көшірмелері</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716ECFD0" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="0C420129" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A8657FD" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w14:paraId="55A556D1" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43007DC5" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04E5D359" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE9BC91" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44F41291" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6279234F" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4C7759" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8B6F83" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="34D35C7E" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B332C14" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="552EDF38" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02364D07" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7835A54F" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D13C881" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFFD08F" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02F0D3AC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="0020641A" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF5192A" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="2D7BC7D6" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B901E79" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52EDD37C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08D7197C" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF970EE" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="026E2DDC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E20AC4" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15C3E3BD" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="17048EAC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E21B20" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11376EC6" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A154BC" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="463C699E" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16ACAA84" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791654CE" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68C04E48" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34880C47" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="624BDDC0" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1387066A" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0DC70E" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319A46EB" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="069F6F41" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="5251AF7C" w14:textId="77777777" w:rsidTr="00F23D7E">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00AE3191" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35B02C77" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...152 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42A6B230" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="100EC264" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21443FD6" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="633D33AE" w14:textId="77777777" w:rsidTr="002C54F0">
+      <w:tr w:rsidR="00BE7344" w:rsidRPr="00B25802" w14:paraId="159EC736" w14:textId="77777777" w:rsidTr="00F23D7E">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...23 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22C61179" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...5260 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2399183D" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="001235A7" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...62 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4343A85D" w14:textId="77777777" w:rsidR="00BE7344" w:rsidRPr="00B25802" w:rsidRDefault="00BE7344" w:rsidP="00F23D7E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04AF833B" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRDefault="00846AB8" w:rsidP="00E83974">
+    <w:p w14:paraId="04BB020E" w14:textId="77777777" w:rsidR="00521736" w:rsidRPr="007C17FF" w:rsidRDefault="00521736" w:rsidP="00661D74">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00846AB8" w:rsidSect="00E83974">
+    <w:sectPr w:rsidR="00521736" w:rsidRPr="007C17FF" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00062A72"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0060789C"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="00156739"/>
+    <w:rsid w:val="00201486"/>
+    <w:rsid w:val="004379EA"/>
+    <w:rsid w:val="0044701A"/>
+    <w:rsid w:val="00521736"/>
+    <w:rsid w:val="005F2D25"/>
+    <w:rsid w:val="006044EA"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="006B70B7"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00B62DF1"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00664B92"/>
+    <w:rsid w:val="00697C16"/>
+    <w:rsid w:val="006D1999"/>
+    <w:rsid w:val="007B5B47"/>
+    <w:rsid w:val="007C17FF"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="009F205E"/>
+    <w:rsid w:val="00A47D4E"/>
+    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="00A93942"/>
+    <w:rsid w:val="00AD4F87"/>
+    <w:rsid w:val="00B00B36"/>
+    <w:rsid w:val="00B510F2"/>
+    <w:rsid w:val="00BD4594"/>
+    <w:rsid w:val="00BE7344"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00E73D52"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED0C40"/>
+    <w:rsid w:val="00CD11C3"/>
+    <w:rsid w:val="00D27933"/>
+    <w:rsid w:val="00FC2BE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="62C1CADF"/>
-  <w15:docId w15:val="{88FFD176-7232-4792-ACE9-ED60827AB829}"/>
+  <w14:docId w14:val="685825A1"/>
+  <w15:docId w15:val="{E7AE018B-2E3B-47A1-8244-11B10776032F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12857,168 +9427,206 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E83974"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00E83974"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
-    <w:name w:val="rynqvb"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A25812"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC2BE5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC2BE5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E73D52"/>
+    <w:rsid w:val="00FC2BE5"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC2BE5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1001158521">
+    <w:div w:id="1462966294">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1715694845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13262,74 +9870,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46672DF1-802D-4297-A775-ABA092C3B065}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10707</Characters>
+  <Pages>6</Pages>
+  <Words>2083</Words>
+  <Characters>11877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12560</CharactersWithSpaces>
+  <CharactersWithSpaces>13933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>