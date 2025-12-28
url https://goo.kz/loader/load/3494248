--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,2814 +1,1324 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D719F0">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D719F0">
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D719F0">
+        <w:t>Специальный детский сад №52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности педагог-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Б</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D719F0">
+        <w:t>дефектолог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00141606">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қа</w:t>
-      </w:r>
+        <w:t>государственном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">КМҚК </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...100 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+    <w:p w:rsidR="00141606" w:rsidRDefault="00236843" w:rsidP="00141606">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00141606">
+        <w:t xml:space="preserve">-08-2023 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Специальный детский сад</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E5BB3">
+        <w:t>52</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> города Павлодара»  г. Павлодар, улица </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Урицкого</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005E5BB3">
+        <w:t>76</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, телефон 8 (7</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D719F0">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаласының №52 арнайы балабақшасы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E5BB3">
+        <w:t>32-50-80</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 8(7</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>» </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D719F0">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КМҚК</w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t>66-23-32</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E5BB3">
-[...51 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D719F0">
-        <w:t>Қазақстан</w:t>
+      <w:r>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>очта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D719F0">
-[...104 lines deleted...]
-      <w:r w:rsidRPr="00D719F0">
+      <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1937 lines deleted...]
-        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sad</w:t>
         </w:r>
-        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a3"/>
           </w:rPr>
           <w:t>52@</w:t>
         </w:r>
-        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>goo</w:t>
         </w:r>
-        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a3"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>edu</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специальный детский сад </w:t>
+      </w:r>
+      <w:r>
+        <w:t>с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должностные обязанности: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровье сберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Проектирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>      Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z67" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение 7 рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Специальный детский сад</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> города Павлодара» улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Урицкого</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>76</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94AF1" w:rsidRDefault="00141606" w:rsidP="00141606">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>8 (7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>32-50-80</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 8(7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>66-23-32</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>sad</w:t>
+        </w:r>
+        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>52@</w:t>
+        </w:r>
+        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>goo</w:t>
+        </w:r>
+        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
           <w:rPr>
             <w:rStyle w:val="a3"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
+        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5778"/>
         <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>бірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 10-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -2861,274 +1371,274 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>орган</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
@@ -3139,329 +1649,329 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Мені </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -3479,263 +1989,263 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Диплом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>мамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Біліктілік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3832,84 +2342,84 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>күні</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Педагогикалық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3943,51 +2453,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>өтілі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Келесі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4031,147 +2541,147 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>бар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Наградалары</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4288,105 +2798,105 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>атағы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cондай-ақ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4454,128 +2964,128 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>жағдайда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>20____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4620,295 +3130,295 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>олы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>інші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Педагогтің</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -5065,51 +3575,51 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -5186,192 +3696,192 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>жағдайда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10110" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
         <w:gridCol w:w="1702"/>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="4963"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Растайтын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -5393,51 +3903,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -5492,156 +4002,156 @@
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidRPr="009E63FB" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidRPr="009E63FB" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -5658,51 +4168,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>деңгейі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -5739,51 +4249,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>диплом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Техникалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -5821,51 +4331,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>кәсіптік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -5883,183 +4393,183 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>күндізгі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -6096,51 +4606,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -6177,51 +4687,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>диплом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Магистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6319,102 +4829,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>маман</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PHD-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6432,51 +4942,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6505,129 +5015,129 @@
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidRPr="00D844A0" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidRPr="00D844A0" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұлттық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -6664,91 +5174,91 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>тестілеуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -6780,306 +5290,306 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60-қа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70-ке </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80-ге </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90-ға </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 6 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -7126,204 +5636,204 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40-қа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50-ге </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60-қа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70-ке </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -7332,64 +5842,64 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -7423,102 +5933,102 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7545,51 +6055,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7616,51 +6126,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7687,51 +6197,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=6 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-ден 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7758,51 +6268,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -7849,51 +6359,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7920,51 +6430,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7991,51 +6501,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8062,51 +6572,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -8135,109 +6645,109 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8264,51 +6774,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8335,51 +6845,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8406,51 +6916,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8477,51 +6987,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8568,51 +7078,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8639,51 +7149,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8710,51 +7220,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8781,51 +7291,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -8854,109 +7364,109 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8983,51 +7493,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9054,51 +7564,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9125,51 +7635,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9196,51 +7706,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9287,51 +7797,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9358,51 +7868,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40 - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9449,51 +7959,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9520,51 +8030,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -9593,63 +8103,63 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=6 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -9659,129 +8169,129 @@
               </w:rPr>
               <w:t>Педагог-шебер» біліктілік санатымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Біліктілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9807,51 +8317,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Куәлік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9908,82 +8418,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 санат-1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10008,51 +8518,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10099,51 +8609,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10170,93 +8680,93 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-сарапшы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10274,51 +8784,51 @@
               </w:rPr>
               <w:t>зерттеуші</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-шебер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10327,127 +8837,127 @@
               <w:t xml:space="preserve"> = 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10484,51 +8994,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>өтілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10625,51 +9135,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10705,51 +9215,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10785,51 +9295,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1,5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10865,51 +9375,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10976,127 +9486,127 @@
               </w:rPr>
               <w:t>артық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әкімшілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11173,51 +9683,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>тәжірибесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11314,93 +9824,93 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>әдіскер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">= 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11418,51 +9928,51 @@
               </w:rPr>
               <w:t>орынбасары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">= 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11471,127 +9981,127 @@
               <w:t xml:space="preserve"> = 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жұмысқа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11668,51 +10178,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11769,51 +10279,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11851,51 +10361,51 @@
               </w:rPr>
               <w:t>практика</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>нәтижелері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11922,51 +10432,51 @@
               </w:rPr>
               <w:t>жақсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">» = 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11984,127 +10494,127 @@
               <w:t xml:space="preserve">» = 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Алдыңғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12290,51 +10800,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12349,51 +10859,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Оң</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12451,51 +10961,51 @@
               </w:rPr>
               <w:t>болуы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұсыныс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12573,51 +11083,51 @@
               </w:rPr>
               <w:t>минус</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Теріс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12706,127 +11216,127 @@
               <w:t xml:space="preserve"> 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кәсіби</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12863,51 +11373,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>көрсеткіштері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13083,51 +11593,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>жобалары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13223,51 +11733,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>грамоталары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13293,51 +11803,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>награда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13375,93 +11885,93 @@
               </w:rPr>
               <w:t>конкурстардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> жүлдегерлері-0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> жобалар-1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13499,51 +12009,51 @@
               </w:rPr>
               <w:t>конкурстардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> жүлдегерлері-3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13590,51 +12100,51 @@
               </w:rPr>
               <w:t>конкурсының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> қатысушысы-1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13701,51 +12211,51 @@
               </w:rPr>
               <w:t>жүлдегері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>медаль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13834,127 +12344,127 @@
               <w:t xml:space="preserve">» – 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidRPr="009E63FB" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidRPr="009E63FB" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістемелік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13971,51 +12481,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>қызмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14081,51 +12591,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>жарияланымдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ҚР БҒМ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14292,51 +12802,51 @@
               </w:rPr>
               <w:t>авторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">РОӘК  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -14513,161 +13023,161 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Қоғамдық-педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -14684,82 +13194,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>қызмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>көшбасшылық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14805,133 +13315,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">тәлімгер-0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ӘБ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>жетекшілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> -1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>кәсіби-педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -14969,51 +13479,51 @@
               </w:rPr>
               <w:t>көшбасшысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15080,51 +13590,51 @@
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -15182,51 +13692,51 @@
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15324,127 +13834,127 @@
               <w:t xml:space="preserve">) – 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Курстық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -15461,51 +13971,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дайындық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15541,51 +14051,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>сертификаттары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15621,91 +14131,91 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>сертификаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TOEFL; DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Goethe Zertifikat, «Python-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15891,51 +14401,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>оқыту</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>НЗМ ПШО, «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15971,51 +14481,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>курстар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -16073,88 +14583,88 @@
               </w:rPr>
               <w:t>жеке</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
+      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4153" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -16164,51 +14674,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Максималды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -16232,260 +14742,131 @@
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
+          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B6116A" w:rsidRPr="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
+    <w:p w:rsidR="00924648" w:rsidRPr="00924648" w:rsidRDefault="00924648" w:rsidP="00141606">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B6116A" w:rsidRPr="00B6116A" w:rsidSect="00D719F0">
+    <w:sectPr w:rsidR="00924648" w:rsidRPr="00924648" w:rsidSect="00141606">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...119 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F84B9B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F84B9B"/>
+    <w:rsidRoot w:val="0068409B"/>
+    <w:rsid w:val="00141606"/>
+    <w:rsid w:val="00236843"/>
+    <w:rsid w:val="0068409B"/>
+    <w:rsid w:val="00924648"/>
     <w:rsid w:val="00F94AF1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -16662,142 +15043,112 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D719F0"/>
+    <w:rsid w:val="00141606"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D719F0"/>
+    <w:rsid w:val="00141606"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00D719F0"/>
+    <w:rsid w:val="00141606"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B6116A"/>
+    <w:rsid w:val="00924648"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...28 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -16950,171 +15301,141 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D719F0"/>
+    <w:rsid w:val="00141606"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D719F0"/>
+    <w:rsid w:val="00141606"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00D719F0"/>
+    <w:rsid w:val="00141606"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B6116A"/>
+    <w:rsid w:val="00924648"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1893425146">
+    <w:div w:id="258030251">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu." TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17363,70 +15684,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2243</Words>
-  <Characters>12790</Characters>
+  <Words>2314</Words>
+  <Characters>13192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
+  <Lines>109</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15003</CharactersWithSpaces>
+  <CharactersWithSpaces>15476</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Секретарь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>