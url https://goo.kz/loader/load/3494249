--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,1324 +1,2814 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>КГКП «</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Специальный детский сад №52</w:t>
-[...8 lines deleted...]
-      <w:r>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дефектолог</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00141606">
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>государственном</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қа</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> языком обучения</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ласының №52 арнайы балабақшасы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КМҚК </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дефектологтың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00141606" w:rsidRDefault="00236843" w:rsidP="00141606">
+    <w:p w:rsidR="005E5BB3" w:rsidRDefault="00B6116A" w:rsidP="00D719F0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>29</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">-08-2023 </w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719F0" w:rsidRPr="00D719F0">
+        <w:t>-08-2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00141606" w:rsidRDefault="00141606" w:rsidP="00141606">
+    <w:p w:rsidR="00D719F0" w:rsidRPr="005E5BB3" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаласының №52 арнайы балабақшасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Урицкий көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>32-50-80</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 8(7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>66-23-32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; эл.почта: </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5BB3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="005E5BB3" w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:sad52@goo.edu." </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005E5BB3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad52@goo.edu.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E5BB3">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="005E5BB3">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Специальный детский сад</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>Арнайы балабақшасы қазақ және орыс тілдерінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>Республикасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>52</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>даярлауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Урицкого</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>іктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>лауазымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>іктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">: педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">, педагог – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іктілігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>айқындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>педагог (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>76</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>санаты жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>18</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">педагог» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>біліктілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>әдістемесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     жас ерекшеліктерін ескере отырып, тәрбиелеу мен оқытуда жеке көзқарасты жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      перспективтік жоспар мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">циклограмма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>деңгейден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>білік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>дағдыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>алуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>орнындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік жұмысқа қатысу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve"> диагностика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     білім беру ұйымы деңгейіндегі іс-шараларға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     кәсіби-педагогикалық диалог дағдыларын меңгеру, сандық білім беру ресурстарын қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, оларды тәрбиелеу мен оқытуда Денсаулық сақтау технологияларын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талаптарына, жас тобының үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны құрады, балалар қызметіне (ойын, танымдық, қозғалыс, бейнелеу, еңбек) басшылық етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Балалармен жұмыс жасауда тұлғаға бағытталған тәсілді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек көрсетеді, жалпы білім беретін оқу бағдарламаларын, оқу-әдістемелік әдебиетті зерделеу негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім беру жұмысын жоспарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Қол жеткізілген нәтижелерді талдау негізінде білім беру қызметін жобалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Мектепке түсу кезінде тең бастапқы мүмкіндіктерді қамтамасыз ету үшін ерекше білім беру қажеттіліктері бар балаларды және әдетте дамып келе жатқан балаларды бірлесіп тәрбиелеу және оқыту жағдайында әлеуметтендіруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     Мамандардың ұсынымдарын ескере отырып, ерекше білім берілуіне қажеттілігі бар әрбір балаға жеке қарауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Отандық және шетелдік тәжірибені зерттеу негізінде үздік тәжірибелерді зерделеумен, жинақтаумен, таратумен және енгізумен айналысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Мектепке дейінгі жастағы балаларды тәрбиелеу және оқыту мәселелері бойынша ата-аналарға консультациялық көмекті жүзеге асырады. Балалардың құқықтары мен мүдделерін қорғайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Білім беру процесінің барлық субъектілерінің, оның ішінде балалар отбасының қатысуымен ұйымда «құндылықтарға негізделген білім беру» тұжырымдамасын енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Қазақстан Республикасының Конституциясы, Қазақстан Республикасының Еңбек Кодексі, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңдары және Қазақстан Республикасының білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     психология және педагогика, дәрігерге дейінгі алғашқы медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі қағидалар, санитариялық қағидалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды «Павлодар қаласы №52 арнайы балабақшасы» КМҚК Урицкий көшесі, 76 жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушысының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      9) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ҰБС) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      10) тәрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRPr="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D719F0" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6116A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпаратты нақтылау үшін байланыс телефондары және электрондық мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94AF1" w:rsidRDefault="00D719F0" w:rsidP="00D719F0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>32-50-80</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">, 8(7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>18</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>66-23-32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>66-23-32</w:t>
-[...21 lines deleted...]
-        <w:r>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719F0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sad</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
           <w:rPr>
             <w:rStyle w:val="a3"/>
           </w:rPr>
           <w:t>52@</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>goo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
           <w:rPr>
             <w:rStyle w:val="a3"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r>
+        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>edu</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r>
-[...783 lines deleted...]
-        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
+        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
           <w:rPr>
             <w:rStyle w:val="a3"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
-[...14 lines deleted...]
-        <w:r w:rsidR="00924648" w:rsidRPr="0019384B">
+        <w:r w:rsidR="00B6116A" w:rsidRPr="00BE1202">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5778"/>
         <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>бірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 10-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -1371,274 +2861,274 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>орган</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
@@ -1649,329 +3139,329 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Мені </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -1989,263 +3479,263 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Диплом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>мамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Біліктілік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2342,84 +3832,84 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>күні</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Педагогикалық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2453,51 +3943,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>өтілі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Келесі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2541,147 +4031,147 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>бар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Наградалары</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2798,105 +4288,105 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>атағы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cондай-ақ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2964,128 +4454,128 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>жағдайда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>20____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3130,295 +4620,295 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>олы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>інші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Педагогтің</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -3575,51 +5065,51 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -3696,192 +5186,192 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>жағдайда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="00924648">
+    <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10110" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
         <w:gridCol w:w="1702"/>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="4963"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Растайтын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -3903,51 +5393,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -4002,156 +5492,156 @@
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidRPr="009E63FB" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidRPr="009E63FB" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -4168,51 +5658,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>деңгейі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -4249,51 +5739,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>диплом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Техникалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -4331,51 +5821,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>кәсіптік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -4393,183 +5883,183 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>күндізгі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -4606,51 +6096,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -4687,51 +6177,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>диплом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Магистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -4829,102 +6319,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>маман</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PHD-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -4942,51 +6432,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -5015,129 +6505,129 @@
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidRPr="00D844A0" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidRPr="00D844A0" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұлттық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -5174,91 +6664,91 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>тестілеуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -5290,306 +6780,306 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60-қа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70-ке </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80-ге </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90-ға </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 6 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -5636,204 +7126,204 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40-қа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50-ге </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60-қа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70-ке </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -5842,64 +7332,64 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -5933,102 +7423,102 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6055,51 +7545,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6126,51 +7616,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6197,51 +7687,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=6 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-ден 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6268,51 +7758,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -6359,51 +7849,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6430,51 +7920,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6501,51 +7991,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6572,51 +8062,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6645,109 +8135,109 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6774,51 +8264,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6845,51 +8335,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6916,51 +8406,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6987,51 +8477,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -7078,51 +8568,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7149,51 +8639,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40-тан 50 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7220,51 +8710,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7291,51 +8781,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -7364,109 +8854,109 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7493,51 +8983,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7564,51 +9054,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">70-тен 80 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7635,51 +9125,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">80-нен 90 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7706,51 +9196,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -7797,51 +9287,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7868,51 +9358,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40 - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7959,51 +9449,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8030,51 +9520,51 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">60-тан 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -8103,63 +9593,63 @@
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">=6 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -8169,129 +9659,129 @@
               </w:rPr>
               <w:t>Педагог-шебер» біліктілік санатымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Біліктілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8317,51 +9807,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Куәлік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8418,82 +9908,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 санат-1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8518,51 +10008,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8609,51 +10099,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8680,93 +10170,93 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-сарапшы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8784,51 +10274,51 @@
               </w:rPr>
               <w:t>зерттеуші</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-шебер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8837,127 +10327,127 @@
               <w:t xml:space="preserve"> = 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8994,51 +10484,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>өтілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9135,51 +10625,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9215,51 +10705,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9295,51 +10785,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1,5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9375,51 +10865,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9486,127 +10976,127 @@
               </w:rPr>
               <w:t>артық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әкімшілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9683,51 +11173,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>тәжірибесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9824,93 +11314,93 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>әдіскер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">= 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9928,51 +11418,51 @@
               </w:rPr>
               <w:t>орынбасары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">= 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9981,127 +11471,127 @@
               <w:t xml:space="preserve"> = 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жұмысқа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10178,51 +11668,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10279,51 +11769,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10361,51 +11851,51 @@
               </w:rPr>
               <w:t>практика</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>нәтижелері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10432,51 +11922,51 @@
               </w:rPr>
               <w:t>жақсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">» = 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10494,127 +11984,127 @@
               <w:t xml:space="preserve">» = 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Алдыңғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10800,51 +12290,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10859,51 +12349,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Оң</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -10961,51 +12451,51 @@
               </w:rPr>
               <w:t>болуы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұсыныс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11083,51 +12573,51 @@
               </w:rPr>
               <w:t>минус</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Теріс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11216,127 +12706,127 @@
               <w:t xml:space="preserve"> 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кәсіби</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11373,51 +12863,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>көрсеткіштері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11593,51 +13083,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>жобалары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11733,51 +13223,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>грамоталары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11803,51 +13293,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>награда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11885,93 +13375,93 @@
               </w:rPr>
               <w:t>конкурстардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> жүлдегерлері-0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> жобалар-1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12009,51 +13499,51 @@
               </w:rPr>
               <w:t>конкурстардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> жүлдегерлері-3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12100,51 +13590,51 @@
               </w:rPr>
               <w:t>конкурсының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> қатысушысы-1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12211,51 +13701,51 @@
               </w:rPr>
               <w:t>жүлдегері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>медаль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12344,127 +13834,127 @@
               <w:t xml:space="preserve">» – 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidRPr="009E63FB" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidRPr="009E63FB" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістемелік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12481,51 +13971,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>қызмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12591,51 +14081,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>жарияланымдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ҚР БҒМ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12802,51 +14292,51 @@
               </w:rPr>
               <w:t>авторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">РОӘК  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13023,161 +14513,161 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Қоғамдық-педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13194,82 +14684,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>қызмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>көшбасшылық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13315,133 +14805,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">тәлімгер-0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ӘБ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>жетекшілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> -1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>кәсіби-педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13479,51 +14969,51 @@
               </w:rPr>
               <w:t>көшбасшысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13590,51 +15080,51 @@
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13692,51 +15182,51 @@
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13834,127 +15324,127 @@
               <w:t xml:space="preserve">) – 5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Курстық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -13971,51 +15461,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>дайындық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14051,51 +15541,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>сертификаттары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14131,91 +15621,91 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>сертификаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TOEFL; DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Goethe Zertifikat, «Python-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14401,51 +15891,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>оқыту</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>НЗМ ПШО, «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14481,51 +15971,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>курстар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -14583,88 +16073,88 @@
               </w:rPr>
               <w:t>жеке</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924648" w:rsidTr="008A36F0">
+      <w:tr w:rsidR="00B6116A" w:rsidTr="008E268A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4153" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -14674,51 +16164,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Максималды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -14742,131 +16232,260 @@
               <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00924648" w:rsidRDefault="00924648" w:rsidP="008A36F0">
+          <w:p w:rsidR="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="008E268A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00924648" w:rsidRPr="00924648" w:rsidRDefault="00924648" w:rsidP="00141606">
+    <w:p w:rsidR="00B6116A" w:rsidRPr="00B6116A" w:rsidRDefault="00B6116A" w:rsidP="00B6116A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00924648" w:rsidRPr="00924648" w:rsidSect="00141606">
+    <w:sectPr w:rsidR="00B6116A" w:rsidRPr="00B6116A" w:rsidSect="00D719F0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="074C1470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2781CE0"/>
+    <w:lvl w:ilvl="0" w:tplc="24B2166C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2029" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2749" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4189" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4909" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5629" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6349" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7069" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0068409B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00924648"/>
+    <w:rsidRoot w:val="00F84B9B"/>
+    <w:rsid w:val="00532A20"/>
+    <w:rsid w:val="005E5BB3"/>
+    <w:rsid w:val="00B6116A"/>
+    <w:rsid w:val="00D719F0"/>
+    <w:rsid w:val="00F84B9B"/>
     <w:rsid w:val="00F94AF1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -15043,112 +16662,142 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00141606"/>
+    <w:rsid w:val="00D719F0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00141606"/>
+    <w:rsid w:val="00D719F0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00141606"/>
+    <w:rsid w:val="00D719F0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00924648"/>
+    <w:rsid w:val="00B6116A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B6116A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B6116A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -15301,141 +16950,171 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00141606"/>
+    <w:rsid w:val="00D719F0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00141606"/>
+    <w:rsid w:val="00D719F0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00141606"/>
+    <w:rsid w:val="00D719F0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00924648"/>
+    <w:rsid w:val="00B6116A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B6116A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B6116A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="258030251">
+    <w:div w:id="1893425146">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu." TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15684,54 +17363,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2314</Words>
-  <Characters>13192</Characters>
+  <Words>2243</Words>
+  <Characters>12790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
+  <Lines>106</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15476</CharactersWithSpaces>
+  <CharactersWithSpaces>15003</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Секретарь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>