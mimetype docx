--- v0 (2025-12-10)
+++ v1 (2026-01-08)
@@ -1,2563 +1,2764 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="515B7F57" w14:textId="77777777" w:rsidR="00E21F5C" w:rsidRDefault="00E21F5C" w:rsidP="00E21F5C">
-[...2483 lines deleted...]
-    <w:p w14:paraId="2A199F58" w14:textId="77777777" w:rsidR="00E21F5C" w:rsidRDefault="00E21F5C" w:rsidP="00E21F5C">
+    <w:p w14:paraId="2195CF5E" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа №6 города Павлодара» объявляет конкурс на должность учителя начальных классов с русским языком обучения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>( 2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставки)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3402C0AC" w14:textId="77777777" w:rsidR="00E21F5C" w:rsidRDefault="00E21F5C" w:rsidP="00E21F5C">
+    <w:p w14:paraId="0B410D30" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C8B51AB" w14:textId="77777777" w:rsidR="00F12C76" w:rsidRDefault="00F12C76" w:rsidP="006C0B77">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="393"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="6689"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005B1511" w14:paraId="12E0D9F3" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59A39B37" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74867055" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64906789" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа №6 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="1983DDBE" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5715F753" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00BDFFE7" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="140EDEBE" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица генерала Смагулова, 78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="2B29417B" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72DE8246" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D389B1F" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA3D4D8" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (777) 678-45-99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="56FC60BA" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68C1CB72" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA6C45B" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C7BF23" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>sosh6@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="7DFE2186" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B17B68F" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47C35082" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0013E8D6" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель начальных классов  с русским языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidR="00063283">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7683516A" w14:textId="77777777" w:rsidR="00063283" w:rsidRDefault="00063283" w:rsidP="00063283">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель начальных классов  с русским языком обучения,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF46CC9" w14:textId="176FFC89" w:rsidR="00063283" w:rsidRDefault="00063283">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="3FFE29C0" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19590EF6" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="089FC1D2" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73DB4F95" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F88ED1B" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02FD06E5" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="47E7BEB8" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14948B30" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21AC7227" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA4011B" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01CB58D5" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 129 258,89 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="711B85C5" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="310DD1B2" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="208C75D5" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47912FD0" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27E42AB0" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77465988" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E5AE11" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66539F29" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="6EDB0E98" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A325F6B" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79839031" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="473F9F9C" w14:textId="11DA780D" w:rsidR="005B1511" w:rsidRDefault="00063283">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="43E1C760" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64CBBEC6" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77629EF3" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D78B522" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC99FB6" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6400D218" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E88DFC7" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33FD8ED7" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="215D94C4" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E20E1B2" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7F2FDF" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="205C5F6C" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12C56ACF" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A9F3FFF" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A66E757" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28C5B5F2" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B1511" w14:paraId="28F45624" w14:textId="77777777" w:rsidTr="00C3578D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47AA8C22" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74CEE185" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51BA80F5" w14:textId="5A0C94B5" w:rsidR="00C3578D" w:rsidRDefault="00C3578D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1 ставка – на время декретного отпуска</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FAE9E1B" w14:textId="1975A7FE" w:rsidR="005B1511" w:rsidRDefault="00C3578D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1 ставка -</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40995EDF" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56D968E7" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9A423A" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51EBA2E1" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D47CA9" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DBF40F4" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D2B9725" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C5263BA" w14:textId="77777777" w:rsidR="005B1511" w:rsidRDefault="005B1511" w:rsidP="005B1511">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05573DE0" w14:textId="77777777" w:rsidR="00F12C76" w:rsidRDefault="00F12C76" w:rsidP="006C0B77">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F12C76" w:rsidSect="006C0B77">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2566,101 +2767,102 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C8328D"/>
-    <w:rsid w:val="0002587F"/>
+    <w:rsidRoot w:val="00EC783B"/>
+    <w:rsid w:val="00063283"/>
+    <w:rsid w:val="005B1511"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="00922C48"/>
     <w:rsid w:val="00B915B7"/>
-    <w:rsid w:val="00C8328D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E21F5C"/>
+    <w:rsid w:val="00C3578D"/>
     <w:rsid w:val="00EA59DF"/>
+    <w:rsid w:val="00EC783B"/>
     <w:rsid w:val="00EE4070"/>
     <w:rsid w:val="00F12C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="22390F9F"/>
+  <w14:docId w14:val="3665EA73"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7037714C-6A8D-40D4-B503-ABF343EB61F0}"/>
+  <w15:docId w15:val="{9028060A-44E7-4711-B709-1BA89BC29694}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3020,134 +3222,121 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E21F5C"/>
+    <w:rsid w:val="005B1511"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E21F5C"/>
+    <w:rsid w:val="005B1511"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="390349543">
-[...12 lines deleted...]
-    <w:div w:id="1386446520">
+    <w:div w:id="171797958">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -3392,54 +3581,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>687</Words>
-  <Characters>3919</Characters>
+  <Words>709</Words>
+  <Characters>4046</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4597</CharactersWithSpaces>
+  <CharactersWithSpaces>4746</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>