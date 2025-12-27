--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,2832 +1,3046 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4C573BDB" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B80E99" w:rsidRDefault="0071150E" w:rsidP="0071150E">
+    <w:p w14:paraId="12DA4EC1" w14:textId="568541AA" w:rsidR="00DD1B81" w:rsidRDefault="00DD1B81" w:rsidP="00BB2F7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>старшего вожатого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A11F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0BEC39" w14:textId="72BD5066" w:rsidR="00DD1B81" w:rsidRDefault="00DD1B81" w:rsidP="00DD1B81">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B80E99">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005A11F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>1 ставка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A02DE1" w14:textId="77777777" w:rsidR="0071150E" w:rsidRDefault="0071150E" w:rsidP="0071150E">
+    <w:p w14:paraId="41FEC32B" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRDefault="00BB2F7B" w:rsidP="00DD1B81">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...49 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10201" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
-        <w:gridCol w:w="2274"/>
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7258"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00491287" w14:paraId="7927411B" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="1D559E7F" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="07A42089" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="52418000" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E80E450" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...19 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+          <w:p w14:paraId="35D8568B" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C3A1E8" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="477CE478" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C800AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00B56337" w14:paraId="35F75E41" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="10175752" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="71F9A483" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="78AE2BE0" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11293199" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="4CD623FD" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B56337">
-[...7 lines deleted...]
-              <w:t>пошта мекенжайының орналасқан жері</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="746085BB" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00335DCB" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="4E2F853D" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+              <w:t>Генерала  Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">генерал Смағұлов </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>78</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00B3089F" w14:paraId="6D7FD38C" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="63E22FBB" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6DE7BF40" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B56337" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="6A7D9650" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA0D9B5" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="6EFC7DBC" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>телефон нөмірлері</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BCCDE7B" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="67708D1B" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>8 (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t> 777-678-45-99</w:t>
+              <w:t>777</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033199C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033199C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033199C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00CE7C4C" w14:paraId="2CDBEB0A" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="4546CE39" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5BE38AE8" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="774DFA7D" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4354D999" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="058F7A49" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>электрондық пошта мекен-жайы</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="292C8AF7" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C52F325" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="00417D4E" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="003A7CAA" w14:paraId="16DD2FF1" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="64359826" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD4B926" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="48623D3E" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACFAA76" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="7BD459DF" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BCB71E6" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="1C88C4DD" w14:textId="334AA139" w:rsidR="00BB2F7B" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Старшая вожатая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с русским языком </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения,  1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000576C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45F507B6" w14:textId="5117C778" w:rsidR="00BB2F7B" w:rsidRPr="000576C3" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00491287" w14:paraId="2250BF99" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="768103CE" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3E84EA8C" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="771ACB22" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C26C6F8" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="59EFD5AE" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46ABBDDC" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00C367FE" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-            <w:pPr>
+          <w:p w14:paraId="47CDAC49" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRDefault="00BB2F7B" w:rsidP="00BB2F7B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>способствует развитию деятельности детских общественных организаций, объединений "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қыран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>дебата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, школьного парламента; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38573979" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRDefault="00BB2F7B" w:rsidP="00BB2F7B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>помогает обучающимся в планировании деятельно</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>сти их объединений, организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, способствует обновлению содержания и форм их деятельности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05449F57" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRDefault="00BB2F7B" w:rsidP="00BB2F7B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C367FE">
-[...11 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет работу с учетом возрастных интересов и потребностей детей и подростков; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54666016" w14:textId="35679886" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="00BB2F7B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C367FE">
-[...195 lines deleted...]
-              <w:t>т.б.</w:t>
+            <w:r w:rsidRPr="00606A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует коллективно-творческую деятельность; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00491287" w14:paraId="56C53A4F" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="62433D3E" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0ED3148C" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="4E7BF18B" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52C7E8AB" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="03EE3725" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00443C44">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A35CF99" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w14:paraId="64C62B28" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21727786" w14:textId="7FD9B31E" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">орта арнайы білім </w:t>
-[...62 lines deleted...]
-              <w:t>- жоғары білім (min): 143898 т. бастап</w:t>
+              <w:t>120 480,52</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F6008ED" w14:textId="5E4B7A4F" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>125 775,48</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00491287" w14:paraId="37E3380F" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="67C9A30B" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675ABFB0" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="489168DC" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F78BEB9" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0D70AAFF" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Үміткерге қойылатын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00443C44">
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="365CC1C5" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>п</w:t>
-[...17 lines deleted...]
-              <w:t>біліктілік талаптар</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76397561" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="000573B9" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="1F8260D6" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000573B9">
-[...95 lines deleted...]
-              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
+            <w:r w:rsidRPr="00A12F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет;      и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00B3089F" w14:paraId="448B6DCE" w14:textId="77777777" w:rsidTr="000E7237">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="403553B7" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22EA75A3" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="3D80CAC4" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17AFAE0E" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="10EF9F04" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B51FA2" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00E52D94" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-            <w:pPr>
+          <w:p w14:paraId="53B41FD0" w14:textId="6BF0992A" w:rsidR="00BB2F7B" w:rsidRPr="008D234C" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>31.08-08.09.2023</w:t>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="00491287" w14:paraId="5133BB19" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="5C4002C0" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34005D84" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="58D9758F" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D105717" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00B3089F" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="297FE63D" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46E9C16E" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="2AB06C3B" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="10AE7C05" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D34E481" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="10D8843E" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="012F173D" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="5D55E962" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="069B21A2" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="43E72A8B" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0865E640" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="1657FD73" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="483ECC2C" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="48A2EE48" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2B80EB" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="2D9C2144" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFD879F" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="59B4F0C3" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6848A6D7" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="0D85587D" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46357C44" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD26BA">
-[...21 lines deleted...]
-          <w:p w14:paraId="4FA05940" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CED27B4" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD26BA">
-[...32 lines deleted...]
-          <w:p w14:paraId="558CBBAC" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0118E68E" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1308A402" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00DD26BA" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="335197F9" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...126 lines deleted...]
-              <w:t>тәжірибесі жоқ кандидаттың бейнепрезентациясы (өзін-өзі таныстыру) ұзақтығы кемінде 10 минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071150E" w:rsidRPr="0010161D" w14:paraId="5FCFE2C9" w14:textId="77777777" w:rsidTr="000E7237">
+      <w:tr w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w14:paraId="43FC7D61" w14:textId="77777777" w:rsidTr="00BB2F7B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="489D81DA" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="004D07D1" w:rsidRDefault="0071150E" w:rsidP="000E7237">
+          <w:p w14:paraId="1EB6562F" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8B64E1" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00704E3C" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...82 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5414FD60" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47AA0007" w14:textId="77777777" w:rsidR="0071150E" w:rsidRPr="00704E3C" w:rsidRDefault="0071150E" w:rsidP="000E7237">
-[...22 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="44491D79" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRPr="005763A2" w:rsidRDefault="00BB2F7B" w:rsidP="002966A8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="453C157B" w14:textId="77777777" w:rsidR="0071150E" w:rsidRDefault="0071150E" w:rsidP="0071150E">
-[...407 lines deleted...]
-    <w:p w14:paraId="0AE857B9" w14:textId="77777777" w:rsidR="00F12C76" w:rsidRDefault="00F12C76" w:rsidP="006C0B77">
+    <w:p w14:paraId="4862C496" w14:textId="77777777" w:rsidR="00BB2F7B" w:rsidRDefault="00BB2F7B" w:rsidP="00BB2F7B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F12C76" w:rsidSect="006C0B77">
+    <w:sectPr w:rsidR="00BB2F7B" w:rsidSect="00BB2F7B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="566" w:bottom="1134" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ACF56AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C74E9810"/>
+    <w:lvl w:ilvl="0" w:tplc="B776D1C4">
+      <w:start w:val="25"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="931475153">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0079786B"/>
+    <w:rsidRoot w:val="003A00BF"/>
+    <w:rsid w:val="00096D19"/>
+    <w:rsid w:val="003A00BF"/>
+    <w:rsid w:val="005A11F1"/>
     <w:rsid w:val="006C0B77"/>
-    <w:rsid w:val="0071150E"/>
-    <w:rsid w:val="0079786B"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="00922C48"/>
     <w:rsid w:val="00B915B7"/>
+    <w:rsid w:val="00BB2F7B"/>
+    <w:rsid w:val="00DD1B81"/>
     <w:rsid w:val="00EA59DF"/>
     <w:rsid w:val="00EE4070"/>
     <w:rsid w:val="00F12C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="599B3DF4"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A1A2BFD2-4FFD-4B79-A44B-440283991694}"/>
+  <w15:docId w15:val="{655177A6-8C16-49D7-B93D-BA6A8F1CC9DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3186,125 +3400,136 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0071150E"/>
+    <w:rsid w:val="00DD1B81"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD1B81"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0071150E"/>
+    <w:rsid w:val="00DD1B81"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3528,55 +3753,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4451</Characters>
+  <Pages>2</Pages>
+  <Words>670</Words>
+  <Characters>3823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5221</CharactersWithSpaces>
+  <CharactersWithSpaces>4485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>