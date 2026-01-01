--- v0 (2025-12-12)
+++ v1 (2026-01-01)
@@ -2,15765 +2,8878 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="578D542F" w14:textId="5E4564FD" w:rsidR="003A36CF" w:rsidRDefault="00B357CA" w:rsidP="003A36CF">
+    <w:p w14:paraId="7B552DAD" w14:textId="77777777" w:rsidR="0068559A" w:rsidRPr="00B26DFC" w:rsidRDefault="0068559A" w:rsidP="00B26DFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk113026764"/>
+    </w:p>
+    <w:p w14:paraId="4198FA3E" w14:textId="1AA7901A" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="00DA3463" w:rsidP="00B26DFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="342D290E" w14:textId="7C65A792" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="005D77C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk113026764"/>
-      <w:r w:rsidRPr="00B357CA">
+      <w:r w:rsidRPr="00B26DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>"</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk138939660"/>
-      <w:r w:rsidR="003A36CF" w:rsidRPr="003A36CF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A2700" w:rsidRPr="00B26DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A2700" w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A2700" w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орайгырова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A36CF">
+      <w:r w:rsidRPr="00B26DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="63E3823D" w14:textId="72DF0DD1" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
+    <w:p w14:paraId="438CCB1D" w14:textId="0C0F257D" w:rsidR="005D77C3" w:rsidRDefault="005D77C3" w:rsidP="005D77C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B26DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00B357CA" w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс тілінде оқытатын орыс тілі мен әдебиет мұғалімі бос лауазымына конкурс жариялайды</w:t>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="0070568F" w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русского языка и литературы </w:t>
+      </w:r>
+      <w:r w:rsidR="0047407F" w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в классах </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0840" w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FDA3DC" w14:textId="77777777" w:rsidR="00B4542C" w:rsidRDefault="00B4542C" w:rsidP="003A36CF">
+    <w:p w14:paraId="6885A03E" w14:textId="77777777" w:rsidR="00B26DFC" w:rsidRDefault="00B26DFC" w:rsidP="00B26DFC">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ПРИНИМАЕТСЯ ВЕСЬ ПАКЕТ ДОКУМЕНТОВ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КСЕРОКОПИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ЗАЯВЛЕНИЕ И ОЦЕНОЧНЫЙ ЛИСТ ПРИКРЕПЛЕНЫ НИЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0922B7" w14:textId="77777777" w:rsidR="00B26DFC" w:rsidRPr="00B26DFC" w:rsidRDefault="00B26DFC" w:rsidP="005D77C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="7CC6274A" w14:textId="77777777" w:rsidR="00EE2503" w:rsidRPr="00B26DFC" w:rsidRDefault="00EE2503" w:rsidP="005D77C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10620" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2745"/>
+        <w:gridCol w:w="7484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A36CF" w:rsidRPr="000C3EB5" w14:paraId="6ECF7674" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="758FBDDE" w14:textId="77777777" w:rsidTr="004A2700">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A083EF8" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="10FC088F" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19647DA6" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="2FE1162A" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F34FCB5" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="691C1648" w14:textId="3BCD1172" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная </w:t>
+            </w:r>
+            <w:r w:rsidR="00270C00" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">школа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00270C00" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>им.С</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00270C00" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00270C00" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Торайгырова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00270C00" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w14:paraId="1A969742" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="0A6AF1EF" w14:textId="77777777" w:rsidTr="004A2700">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28004404" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRPr="005A41C2" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="2673D534" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3E1B4E" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="44C6E091" w14:textId="731AD9D6" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождени</w:t>
+            </w:r>
+            <w:r w:rsidR="001C67CF" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, почтов</w:t>
+            </w:r>
+            <w:r w:rsidR="001C67CF" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42AA4E9C" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="58DE3918" w14:textId="77777777" w:rsidR="00EE2503" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...81 lines deleted...]
-          <w:p w14:paraId="64D19868" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA1E8C1" w14:textId="60412742" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>город Павлодар, улица Торайгырова 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w14:paraId="1DDD3AE6" w14:textId="77777777" w:rsidTr="004A2700">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="43D00BAE" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5CF259" w14:textId="364AE4F6" w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номер телефон</w:t>
+            </w:r>
+            <w:r w:rsidR="001C67CF" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC9F588" w14:textId="3D493590" w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w14:paraId="5BE0D87C" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w14:paraId="1D40B27E" w14:textId="77777777" w:rsidTr="004A2700">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CDD77DC" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="4B2950E3" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="574C22F0" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="0B10EB4F" w14:textId="723E819D" w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE5404F" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="231FFD2F" w14:textId="450EE4AC" w:rsidR="003A36CF" w:rsidRPr="00B26DFC" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w:rsidRPr="000C3EB5" w14:paraId="1A5227FE" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="666AC6E1" w14:textId="77777777" w:rsidTr="004A2700">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BDDF951" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="560C4B03" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB28452" w14:textId="79337A7D" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="0068559A">
+          <w:p w14:paraId="30A6979E" w14:textId="06291233" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="0068559A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Бос лауазымның атауы, жүктемесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="748B2D34" w14:textId="742738CE" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="3D61A7AF" w14:textId="6B5A2377" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="004A79D3" w:rsidP="00B73A1C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...13 lines deleted...]
-              <w:t>орыс тілі мен әдебиеті мұғалімі 2 ставка (16 сағаттан)</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель русского языка и литературы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B73A1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE2503" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C71582" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="00B73A1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а -</w:t>
+            </w:r>
+            <w:r w:rsidR="00F0480A" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w:rsidRPr="000C3EB5" w14:paraId="128AA34B" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="72D2CE53" w14:textId="77777777" w:rsidTr="004A2700">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CD4F7BD" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="295CA292" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7130FDE6" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="61D5860A" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F896480" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="57842704" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="54E17DC2" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03D9A830" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="69A24DAC" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5015E3D9" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w14:paraId="5C74A60A" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="247016E8" w14:textId="77777777" w:rsidTr="004A2700">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BA7259F" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="1C4245D5" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="065B3981" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="357DC3A3" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B9BD56" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="34C71417" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="14A18448" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="545A81F5" w14:textId="586560E6" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="135C7156" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- сред</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC6327" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нее специальное образование (без стажа, без категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="00A12761" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>125,586</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F387869" w14:textId="62E8F0AB" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="00AC6327" w:rsidP="00AC6327">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...30 lines deleted...]
-              <w:t>теңге</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (без стажа, без категории)</w:t>
+            </w:r>
+            <w:r w:rsidR="005D77C3" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00A12761" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145,115</w:t>
+            </w:r>
+            <w:r w:rsidR="005D77C3" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w:rsidRPr="000C3EB5" w14:paraId="4D71825D" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="07198222" w14:textId="77777777" w:rsidTr="004A2700">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0212B783" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="7B2B960C" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2316C2F5" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="52284D68" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3B41E47C" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F2E8324" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E72B5B" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="6669FFA6" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="647738BE" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B818203" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4CC8C670" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0265667D" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w14:paraId="22D29D2D" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="03EA57EB" w14:textId="77777777" w:rsidTr="004A2700">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16A31529" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="78A21915" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="096F848A" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="7DA93D71" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок приема </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="163C4FEB" w14:textId="607EE322" w:rsidR="003A36CF" w:rsidRDefault="005A5590" w:rsidP="005A5590">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="60A70EA9" w14:textId="4E14542F" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="000E0E1D" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="000E0E1D" w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000E0E1D">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-08</w:t>
+            </w:r>
+            <w:r w:rsidR="000E0E1D" w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="000E0E1D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000E0E1D">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="000E0E1D" w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...44 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w:rsidRPr="000C3EB5" w14:paraId="42009B15" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="68E53F6E" w14:textId="77777777" w:rsidTr="004A2700">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E480AC" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="503B82C6" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D28F83C" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="1614CCCF" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37C80704" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="3701E3BD" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r>
-[...199 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...16 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E8A8886" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...235 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03A465BC" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...113 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...221 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54DF83BC" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...212 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...82 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DCDA41B" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...122 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751D6D5B" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...201 lines deleted...]
-              <w:t>Қ</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...330 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F93C31" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...43 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07E4E2CA" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="6886C84A" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...8 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...54 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72DD12DB" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="15BEAA55" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...347 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E99447D" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...30 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...156 lines deleted...]
-              <w:t>;</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A36CF" w14:paraId="0DD683F3" w14:textId="77777777" w:rsidTr="003A36CF">
+      <w:tr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w14:paraId="67AFA6AF" w14:textId="77777777" w:rsidTr="004A2700">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4A4E78" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="3DBF5EDD" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39B12344" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
+          <w:p w14:paraId="71A72072" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA2C117" w14:textId="6FD040EC" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="33949F4A" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="00D901D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7990A6AA" w14:textId="77777777" w:rsidR="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="003A36CF">
+    <w:p w14:paraId="589A6861" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRDefault="005D77C3" w:rsidP="005D77C3">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B552DAD" w14:textId="77777777" w:rsidR="0068559A" w:rsidRDefault="0068559A" w:rsidP="000C3EB5">
-[...246 lines deleted...]
-    <w:p w14:paraId="3BF8FF7D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="003A36CF" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="44CF5E82" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00A1628D" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A1628D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A6E38FF" w14:textId="6A591C8B" w:rsidR="00DA3463" w:rsidRPr="0068559A" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="62697E49" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00A1628D" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1628D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>______________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">«Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518D7FA1" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="0068559A" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="041EA74A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0068559A">
-[...6 lines deleted...]
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C661A08" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
-[...39 lines deleted...]
-    <w:p w14:paraId="373A64A3" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="27048386" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w14:paraId="733663A6" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...21 lines deleted...]
-        <w:t>)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5633A551" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
-[...80 lines deleted...]
-    <w:p w14:paraId="08ABC8AF" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="0899CB72" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00966315">
-[...6 lines deleted...]
-        <w:t>нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413E9726" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="0F1E9CDF" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="2474E34A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA3463">
-[...15 lines deleted...]
-        <w:t>__</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193961C7" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="33406447" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4853BBD4" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F598B28" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есто проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393C60E3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5DB8C2" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4968C205" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="1285D195" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A9014B" w14:textId="10FFE6C1" w:rsidR="003A36CF" w:rsidRPr="003A36CF" w:rsidRDefault="00DA3463" w:rsidP="003A36CF">
+    <w:p w14:paraId="32C5F235" w14:textId="41EC6477" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русского языка и литературы </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесіне </w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1BC7A5" w14:textId="09802C09" w:rsidR="00DA3463" w:rsidRPr="003A36CF" w:rsidRDefault="003A36CF" w:rsidP="00DA3463">
-[...184 lines deleted...]
-    <w:p w14:paraId="52D79BF0" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="6EE9B41E" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34863156" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="16AFCD13" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+        <w:t>В настоящее время работаю:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA3463">
-[...6 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1F8058" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
-[...28 lines deleted...]
-    <w:p w14:paraId="228B6A1D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="715B1436" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA3463">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...8 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5972B293" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="4E23524E" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...35 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20399BA7" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="3C194963" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D151EDF" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="312126A5" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B013D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын</w:t>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4E3C9D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="5FD44CF3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2109"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2741"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="01BE3C25" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="33760981" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="837"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A780037" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="6E98EB47" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000B013D">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18AD2C21" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="000B013D" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="7B86FD4C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B04C37" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000B013D">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Атауы</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000B013D">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...22 lines deleted...]
-              <w:t>орнының</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8A6321" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="7A689A57" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000B013D">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000B013D">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000B013D">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2741" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0409A9A8" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="000B013D" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="19F5FCEF" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF52416" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="48B28160" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="4E6A3869" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A160E10" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="52576577" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B26659D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="7DDC6AA2" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B1514DF" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="0BF3B1FB" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2741" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02CE8AE1" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="1EFF97AB" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="031A1D18" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="5C030450" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BDAC457" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="7AC947AD" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...5 lines deleted...]
-        <w:t>подтверждения</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CFB727" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AAEDF0" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="39B21E06" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="01369145" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA3463">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="256FA350" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D90416" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7EA509" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8E0EC1" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D8DCB5" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00A02653" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3197B005" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2348865C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6276E0BC" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="30574965" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05987041" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="001E0032" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="1FA77698" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E0032">
-[...7 lines deleted...]
-        <w:t>Педагогикалық жұмыс өтілі:</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E0032">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E0032">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44172CEE" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="001E0032" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="767D62F5" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E0032">
-[...6 lines deleted...]
-        <w:t>Менде келесі жұмыс нәтижелері бар:</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...15 lines deleted...]
-        <w:t>__________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48236C98" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="434A449E" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA3463">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1209DDA9" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="133745BB" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F895917" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="4A7AD2BA" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...336 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...75 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="56E765D5" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="62D22ADD" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAFD507" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="64F30176" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="038C5699" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="598BE82D" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39E2D205" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00AF1892" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="6756FE28" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="4D9FEAA0" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00AF1892" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F612F62" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0AF8C9AE" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00AF1892" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6376D4" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="055DCB9E" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00AF1892" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D26DA4" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="7A5910BC" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00AF1892" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BC5297B" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="45E4002C" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05D54C06" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>формасы</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="063A9205" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="33C35254" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1000840A" w14:textId="01512FEF" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="673A2586" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную  </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AF1892">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>Педагогтің</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AF1892">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность педагога </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...97 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED62C46" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="3CBE6AAF" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...5 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...49 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t>))</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796D85EB" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="700F8FB7" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="501"/>
-        <w:gridCol w:w="1842"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="3828"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="6F200CDF" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="61E96298" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79B77863" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="20095F03" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E925D16" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="228EAF90" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2009D6DB" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="56F1E700" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34845C70" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="1937D3FA" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54DAF619" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00AF1892" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="0DCBE3A8" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Баға </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="1A1ABA22" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="10480A12" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B9AC784" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="517854C2" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3BE4DA36" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="105873C4" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5594197D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> Диплом</w:t>
+          <w:p w14:paraId="2C5DDF26" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA2C261" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00F853E7" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="28469072" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>Техникалық</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36201E83" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093F4ACE" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>әсіби</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F853E7">
-[...8 lines deleted...]
-          <w:p w14:paraId="5807C147" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00F853E7" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C2571B0" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>Жоғары</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23875743" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>ұпай</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F853E7">
-[...121 lines deleted...]
-              <w:t xml:space="preserve"> диплом = 7 балл</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12EFF1C4" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="1A2B7584" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="0AFC9076" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="51E30503" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E635A3C" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="36B70219" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="148965E6" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="25D83D58" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7616E192" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> Диплом</w:t>
+          <w:p w14:paraId="73B61EA6" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66D8A702" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00F853E7" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="2CC2C3A9" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...103 lines deleted...]
-          <w:p w14:paraId="208BD311" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00F853E7" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D8FFE3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">PHD-доктор = 10 </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>ұпай</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-          <w:p w14:paraId="2F2CF6C3" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00F853E7" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DDD8AF9" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>Ғылым</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F853E7">
-[...63 lines deleted...]
-              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1ADF7C" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="07292E54" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="64CA86A7" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="70A8D116" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="163EAE73" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="0D441C49" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7DB7325D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="08FDC7FB" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="781409A6" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0AEDA926" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C32CDA" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00F853E7" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="5A7EDCC9" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="619C714C" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00F853E7" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE8FDE2" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...693 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...2544 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="612BB4F8" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="3860B266" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="75477155" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="6B37EF8A" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="489C9879" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="176A37A0" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A9231B3" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="60E4A7B3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...52 lines deleted...]
-              <w:t>.</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15896E68" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3F026F2B" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6FA919" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545D3F1B" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00D61E78" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="65B7142C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-          <w:p w14:paraId="184AD8E9" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00D61E78" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8DD1FF" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-          <w:p w14:paraId="0A701DEB" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00D61E78" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ABE00B3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D61E78">
-[...5 lines deleted...]
-              <w:t>Жоғары</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D61E78">
-[...36 lines deleted...]
-          <w:p w14:paraId="0A38677D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00D61E78" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="762D9D6E" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="30E6D2D8" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00D61E78" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EFD6CF6" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Педагог-</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D61E78">
-[...5 lines deleted...]
-              <w:t>сарапшы</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="2233774C" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00D61E78" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B49F7B3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Педагог-</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D61E78">
-[...5 lines deleted...]
-              <w:t>зерттеуші</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="2B745562" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB0822B" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Педагог-</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D61E78">
-[...5 lines deleted...]
-              <w:t>шебер</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D61E78">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-мастер = 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28FC61FA" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="017E7415" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="000C3EB5" w14:paraId="71A1EC7D" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="291778D0" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50D3CEF3" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="5BED7DE3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="68B730E4" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="4103637A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56DB9B41" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...15 lines deleted...]
-              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="3A0C1C62" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41DFF331" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7DA9A600" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70525C5C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3463">
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22AE3A1F" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> 10 және одан жоғары = 3 балл</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D272421" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="10F8851E" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="55D6F704" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="04813275" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BFA63D4" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="04827DC9" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7FD4B5EC" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="1D2040AB" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E540CF5" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...16 lines deleted...]
-              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="795D9FE2" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1981CDFA" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="17CB910C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t>әдіскер</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 1 </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t>ұпай</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C41393">
-[...99 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77883B38" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4054C695" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF68847" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="0F532A0F" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="43770046" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="3D606626" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32CF2B85" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="6B795E09" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50C569B4" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="2A196D91" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>Жұмысқа алғаш кіретін мұғалімдер үшін</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4074F6CE" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2C8D158A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="622D2390" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3B801C03" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>әсіби</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> практика </w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CBF6081" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t>нәтижелері</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C41393">
-[...21 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...84 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E5FE4C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA2B7ED" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="56595D62" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="14CCB6F7" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="23267F73" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47525CF7" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="363B88B6" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DC539E9" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="24F87DD8" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="524B72BD" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Хат </w:t>
+          <w:p w14:paraId="6C008522" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B0055FF" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06F0002A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="337DA75C" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...2 lines deleted...]
-              <w:ind w:left="141"/>
+          <w:p w14:paraId="40430DB8" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67722A1A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C6149E" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>Теріс ұсыныс хат = минус 5 ұпай</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4711BDD3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EAC2BFC" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E201E56" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3138C77F" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A4A2F85" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C7A9DF" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="3B0E0018" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="1A74B1B0" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="60420F2A" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C93EB3D" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="16F41361" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21B43DE8" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="2C983759" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AB7B058" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...55 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+          <w:p w14:paraId="66901344" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17421991" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="404011E9" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="5DDB97D5" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74FBFB4C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="4C5C9D25" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E482C8" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="18057B52" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00C41393" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3679E2FC" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...123 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA7264B" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="7D05BD74" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="51135ABD" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="58246EFC" w14:textId="77777777" w:rsidTr="00964ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09D16763" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="614C9A31" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4177E827" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="52C44522" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3011F9EF" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4E9D0271" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CAE1087" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="787381C3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02461872" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5624719A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> БҒМ </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2716E2" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t>тізбесіне</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C41393">
-[...559 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66F49C0C" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="29A5C933" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="46E7BCF7" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="43063999" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:trPr>
+          <w:trHeight w:val="3910"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E8CF174" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="08C2A200" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3017E574" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="2DCD956B" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1FCA65CA" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00136F86" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="42EA0549" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D98C13" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02DF847B" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00136F86">
-[...5 lines deleted...]
-              <w:t>көшбасшылық</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53EA1269" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D13B09" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00136F86">
-[...14 lines deleted...]
-              <w:t>кті</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00136F86">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="56D2A089" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6965808F" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7601D127" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EC1B1E4" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D240E3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480FFBC3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283A43A1" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E413E85" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00136F86">
-[...14 lines deleted...]
-              <w:t>үзеге</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00136F86">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="080855A7" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00136F86">
-[...5 lines deleted...]
-              <w:t>асыру</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42CA9945" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7166CF58" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A16B772" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00136F86" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="102D56A9" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...4 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00136F86">
-[...5 lines deleted...]
-              <w:t>тәлімгер</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00136F86">
-[...99 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36625641" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...50 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(зарегистрирован в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...245 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610639E4" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="7593D2AD" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="37ED29D7" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="5B11C0AC" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:trPr>
+          <w:trHeight w:val="1076"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4349211A" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="60DC7B12" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1</w:t>
-[...9 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6787C653" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="056A4F3D" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>Курстық дайындық</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ED03CDC" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00136F86" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...405 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5A6E87A3" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="586623DA" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00136F86" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="5D56660F" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...140 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B88BDFC" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5696323A" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3463" w:rsidRPr="00E93223" w14:paraId="28DC12F0" w14:textId="77777777" w:rsidTr="006C7455">
+      <w:tr w:rsidR="00B73A1C" w:rsidRPr="00995023" w14:paraId="13D6D4DB" w14:textId="77777777" w:rsidTr="00964ECE">
+        <w:trPr>
+          <w:trHeight w:val="185"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:tcW w:w="1918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="206AE6E9" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="53196C03" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...13 lines deleted...]
-              <w:t>:</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40294F43" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="11518DA7" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...23 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD29649" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="006C7455">
+          <w:p w14:paraId="00B3FBFD" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00964ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DCF3F4E" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="33B09506" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32BC5D11" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00E93223" w:rsidRDefault="00DA3463" w:rsidP="00DA3463">
+    <w:p w14:paraId="1851E6C1" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00995023" w:rsidRDefault="00B73A1C" w:rsidP="00B73A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE2A48C" w14:textId="77777777" w:rsidR="00B73A1C" w:rsidRPr="00B26DFC" w:rsidRDefault="00B73A1C" w:rsidP="005D77C3">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29B1CAAC" w14:textId="77777777" w:rsidR="00DA3463" w:rsidRPr="00270C00" w:rsidRDefault="00DA3463" w:rsidP="00B357CA">
+    <w:p w14:paraId="1A0E5FDB" w14:textId="77777777" w:rsidR="00270C00" w:rsidRPr="00B26DFC" w:rsidRDefault="00270C00">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B26DFC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00270C00" w:rsidSect="004A2700">
+    <w:p w14:paraId="33712ABE" w14:textId="77777777" w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidRDefault="005D77C3" w:rsidP="004A2700">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005D77C3" w:rsidRPr="00B26DFC" w:rsidSect="00B26DFC">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="142" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -16489,51 +9602,50 @@
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
-    <w:rsid w:val="000C3EB5"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E0E1D"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00174C30"/>
     <w:rsid w:val="00176CE7"/>
@@ -16735,51 +9847,50 @@
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="0053306D"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="00572BB5"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="0059014E"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
-    <w:rsid w:val="005A5590"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D77C3"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
@@ -16972,64 +10083,65 @@
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AC6327"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00AF36AD"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B26DFC"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B357CA"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B4542C"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B472EA"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73A1C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B8761A"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BC2B2F"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
@@ -17501,50 +10613,59 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B26DFC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -17809,50 +10930,59 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B26DFC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -18158,79 +11288,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8E80179-BD6B-4C40-A36F-852899EFB760}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E67D368-5EAC-4238-A382-E84E6934D177}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10944</Characters>
+  <Pages>9</Pages>
+  <Words>1753</Words>
+  <Characters>9995</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12839</CharactersWithSpaces>
+  <CharactersWithSpaces>11725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>