--- v0 (2025-12-05)
+++ v1 (2026-01-07)
@@ -1,18391 +1,9793 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="004B772A" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имени М.Ауэзова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя математики с русским языком обучения </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00950F37" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...103 lines deleted...]
-        <w:t>(1 бос орын)</w:t>
+        <w:t xml:space="preserve">(1 вакансия) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="386"/>
+        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="7326"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00BF1F48" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>им.М.Ауэзова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
-[...6 lines deleted...]
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ткачева, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00620772" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F95A7A" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00590BAF" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00590BAF" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072763A">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель математики</w:t>
+            </w:r>
+            <w:r w:rsidR="003C2349">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00261EAA">
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">16 сағат </w:t>
+              <w:t xml:space="preserve"> 16 часов </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00BF1F48" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі атқарымдық міндеттер</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады, оған жүктемені бөлу бойынша бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ барысында тиісті тәртіп пен тәртіпті қамтамасыз етеді.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет обучение и воспитание обучающихся с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учетом специфики преподаваемого предмета, проводит уроки и другие учебные занятия в закрепленных за ним по распределению учебной нагрузки классах, обеспечивает во время занятий надлежащий порядок и дисциплину.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Реализует применяемые в образовательные программы в соответствии с учебным планом, собственным поурочным планом и расписанием занятий; использует при этом разнообразные примы, методы и средства обучения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обеспечивает уровень подготовки обучающихся, соответствующий требованиям государственного образовательного стандарта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выполняет правила и нормы ОТ и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ТБ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>противопожарной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> защиты, обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оперативно извещает руководство о каждом несчастном случае, принимает меры </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle16"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оказанию первой доврачебной помощи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вносит предложения по улучшению и оздоровлению условий проведения образовательного процесса, а также доводит до сведения заведующего кабинетом, руководства обо всех недостатках в обеспечении образовательного процесса, снижающих жизнедеятельность и работоспособность организма обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проводит инструктаж обучающихся но безопасности труда па учебных занятиях с обязательной регистрацией в классном журнале или журнале регистрации инструктажа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организует изучение обучающимися правил по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осуществляет контроль за соблюдением правил (инструкций) по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ведет в установленном порядке классную документацию, осуществляет текущий контроль посещаемости и успеваемости обучающихся по принятой в системе, выставляет оценки в классный журнал и дневник обучающегося, своевременно представляет администрации отчетные данные.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в установленном порядке в итоговой аттестации обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
-              <w:rPr>
-                <w:rStyle w:val="FontStyle17"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Допускает в установленном порядке на занятия представителей администрации в целях контроля и оценки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>деятельности педагога.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заменяет на уроках временно отсутствующих учителей по распоряжению заместителя директора по УВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает устав и Правила внутреннего трудового распорядка, иные локальные правовые акты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает законные права и свободы обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Готовится к проведению занятий, систематически повышает свою профессиональную квалификацию, участвует </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельности методических  объединений и других формах методической работы, принятых в.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в работе педагогического совета и совещаниях, проводимых администрацией.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дежурит по в перерывах между занятиями в соответствии с графиком дежурств, а также за 20 минут </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начала </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>течение 20 минут да окончании своих уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Поддерживает постоянную связь с родителями (лицами, их заменяющими) по вопросам успеваемости, посещаемости, дисциплины обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>- Мұғалімнің қоғамдық жағдайына сәйкес, күнделікті өмірде, қоғамдық орындарда мінез-құлықтың этикалық нормаларын сақтайды.</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проходит периодические медицинские обследования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00950F37" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220BCD">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает этические нормы поведения в, быту, общественных местах, соответствующие общественному положению учителя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекақы мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00423E96" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
-[...10 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00552535" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00423E96" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
-[...10 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00423E96" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F8552E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143947-161724</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00423E96" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
-[...7 lines deleted...]
-              <w:t>- жоғары білім (min): 177766-205080тенге</w:t>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F8552E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>177766-205080</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidTr="00EF54E7">
-[...4 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AB3BA7" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
-[...16 lines deleted...]
-            <w:r>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00423E96" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...657 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>  </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>высшее и (или) послевузовское педагогическое образование или высшее образование по соответствующей специальности без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующей специальности без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00423E96" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z3161"/>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...799 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 6 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00423E96" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z3162"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3-4 лет, для педагога-эксперта – не менее 4-5 лет, педагога-исследователя не менее 5-6 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00423E96" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00BF1F48">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00D53FCE" w:rsidRDefault="00220BCD" w:rsidP="0059378E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00BF1F48">
-[...7 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0059378E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4.09.2023 - 12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.09</w:t>
             </w:r>
-            <w:r w:rsidRPr="009123EE">
-[...7 lines deleted...]
-              <w:t>.2023 -</w:t>
+            <w:r w:rsidRPr="00F06293">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00BF1F48" w:rsidTr="00EF54E7">
-[...4 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="004A66DF" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00483572">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копию документа, подтверждающую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>утвержденной </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00D26903">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00950F37" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...172 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00FD2409" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00950F37" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2) </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...7 lines deleted...]
-              <w:t>жеке</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...7 lines deleted...]
-              <w:t>басты</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...7 lines deleted...]
-              <w:t>куәландыратын</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...18 lines deleted...]
-              <w:t>жат</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...6 lines deleted...]
-              <w:t>немесе</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...6 lines deleted...]
-              <w:t>цифрлық</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...6 lines deleted...]
-              <w:t>құжаттар</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...6 lines deleted...]
-              <w:t>сервисінен</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...6 lines deleted...]
-              <w:t>электрондық</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...6 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00FD2409" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00950F37" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">3) </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...7 lines deleted...]
-              <w:t>кадрларды</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...359 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00FD2409" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00950F37" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">4) </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00A559D1" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...6 lines deleted...]
-              <w:t>педагогтердің</w:t>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...233 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>құжаттардың</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00FD2409" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...1660 lines deleted...]
-        </w:tc>
+        </w:tc>
+        <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="2"/>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidTr="00EF54E7">
-[...4 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidTr="00496E88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазым мерзімі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00F54B50" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F54B50" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00112265">
-[...7 lines deleted...]
-              <w:t>Еңбек шартына сәйкес</w:t>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Согласно трудового договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
-[...65 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="5444" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00BF1F48" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidTr="00496E88">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...337 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
-[...10 lines deleted...]
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00FE320D" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00B350B0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B350B0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B350B0">
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_______________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B350B0">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00790B31" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72117">
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72117">
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...126 lines deleted...]
-        </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00790B31" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00B350B0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені бос/уақытша бос орынға </w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурсқа жіберуіңізді сұраймын </w:t>
+        <w:t>В настоящее время работаю:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B350B0">
-[...6 lines deleted...]
-        <w:t>ла</w:t>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00B350B0">
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="0044752F" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
-[...29 lines deleted...]
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B350B0">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="0044752F" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="002A695B" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002A695B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
-[...26 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
-        <w:rPr>
-[...92 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00790B31" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебногозаведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Периодобучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>подиплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004D07D1" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="00790B31" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2037"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3153"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00FD2409" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="00F7191E" w:rsidTr="00496E88">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F7191E" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="007C3AFB" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="007C3AFB" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="007C3AFB" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="00F7191E" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...86 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00790B31" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004B772A" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="00790B31" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="007C3AFB" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004B772A" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчеств</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>о(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...82 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D742F0" w:rsidRPr="0044752F" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRPr="004B772A" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...445 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...531 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="944"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="3645"/>
+        <w:gridCol w:w="14"/>
+        <w:gridCol w:w="13"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE324A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3435" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="1823"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...74 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...20 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...58 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...156 lines deleted...]
-            <w:tcW w:w="3435" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...269 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...20 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...74 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...140 lines deleted...]
-            <w:tcW w:w="3435" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...77 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...20 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...138 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...20 lines deleted...]
-            <w:tcW w:w="3435" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...75 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...20 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...74 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...76 lines deleted...]
-            <w:tcW w:w="3435" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>Екінші</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...23 lines deleted...]
-              <w:t>інші</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...184 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...63 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidTr="00EF54E7">
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...20 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...138 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>Еңбек</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>кітапшасы</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>/</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>еңбек</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>қызметін</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>растайтын</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>бас</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>қа</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...21 lines deleted...]
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Сертификат обладателя </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3692" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidTr="00496E88">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...386 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6664" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...26 lines deleted...]
-            </w:tcMar>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D742F0" w:rsidRPr="00AE324A" w:rsidRDefault="00D742F0" w:rsidP="00EF54E7">
-[...6562 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00220BCD" w:rsidRPr="005C74A0" w:rsidRDefault="00220BCD" w:rsidP="00496E88">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D742F0" w:rsidRDefault="00D742F0" w:rsidP="00D742F0">
+    <w:p w:rsidR="00220BCD" w:rsidRDefault="00220BCD" w:rsidP="00220BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00802742" w:rsidRDefault="00802742"/>
-    <w:sectPr w:rsidR="00802742" w:rsidSect="00247927">
+    <w:p w:rsidR="00302C39" w:rsidRDefault="00302C39"/>
+    <w:sectPr w:rsidR="00302C39" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="6E7E3611"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4465688"/>
+    <w:lvl w:ilvl="0" w:tplc="A25E7DB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E87FDE"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E87FDE"/>
+    <w:rsidRoot w:val="00903855"/>
+    <w:rsid w:val="00220BCD"/>
+    <w:rsid w:val="00302C39"/>
+    <w:rsid w:val="003C2349"/>
+    <w:rsid w:val="0059378E"/>
+    <w:rsid w:val="00903855"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -18528,147 +9930,166 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle17">
     <w:name w:val="Font Style17"/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:rsid w:val="00220BCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
+    <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
+    <w:rsid w:val="00220BCD"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -18790,162 +10211,182 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle17">
     <w:name w:val="Font Style17"/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:rsid w:val="00220BCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
+    <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
+    <w:rsid w:val="00220BCD"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D742F0"/>
+    <w:rsid w:val="00220BCD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19193,55 +10634,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>13179</Characters>
+  <Pages>1</Pages>
+  <Words>2368</Words>
+  <Characters>13500</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15461</CharactersWithSpaces>
+  <CharactersWithSpaces>15837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>