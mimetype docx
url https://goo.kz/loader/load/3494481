--- v0 (2025-12-10)
+++ v1 (2025-12-31)
@@ -1,13775 +1,9273 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5A71489C" w14:textId="2EB72767" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00EF1FD6" w:rsidP="00B7352D">
+    <w:p w14:paraId="583F2677" w14:textId="77777777" w:rsidR="00496F6C" w:rsidRDefault="00496F6C" w:rsidP="00152F1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B37D73" w14:textId="77777777" w:rsidR="00496F6C" w:rsidRPr="00B66486" w:rsidRDefault="00496F6C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="383BD308" w14:textId="77777777" w:rsidR="003365B7" w:rsidRDefault="00B66486" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk138939660"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="46FB7F6F" w14:textId="03AC0BC7" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+    <w:p w14:paraId="6A1BBDA2" w14:textId="5A210E93" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="008873B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> мұғалімі бос лауазымына конкурс жариялайды</w:t>
+        </w:rPr>
+        <w:t>математики</w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и физики </w:t>
+      </w:r>
+      <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>с русским</w:t>
+      </w:r>
+      <w:r w:rsidR="008D234C" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="10"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="001E575F" w14:paraId="10972D3C" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="1092F358" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39549B58" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="4546E6FD" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7352D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD84686" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="4C184A68" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D166E6D" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="5AEB5118" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="0019140C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B7352D" w14:paraId="166DBDB7" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="377054BB" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12AEFDFD" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="708E207A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E52864F" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="1780DA4A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF775C5" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="73BAF389" w14:textId="77777777" w:rsidR="00496F6C" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...90 lines deleted...]
-          <w:p w14:paraId="7C56CFBF" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45430700" w14:textId="661DCA40" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B66486" w14:paraId="38FA02A2" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6F5994" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B66486" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CC8631" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B66486" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2644D05B" w14:textId="47FA76B9" w:rsidR="00B7352D" w:rsidRPr="00B66486" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7352D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B7352D" w14:paraId="4AA10983" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B66486" w14:paraId="53561EEB" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F9E139A" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="6A43D6F1" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B66486" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E62EAE2" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="4799D070" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B66486" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D9EE8B" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="72DE4050" w14:textId="77E0CE51" w:rsidR="00B7352D" w:rsidRPr="00B66486" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7352D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00B7352D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B7352D" w14:paraId="14B1EFDC" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="44E27296" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EF6B737" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="29ECFFE7" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7352D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79DF7D89" w14:textId="0E563946" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00496F6C">
+          <w:p w14:paraId="0422154B" w14:textId="1BAA6A41" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00496F6C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Бос  лауазымның атауы, жүктемесі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDFF8B1" w14:textId="5D1CCDC2" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="2A977F97" w14:textId="1EB456EC" w:rsidR="00A270EF" w:rsidRDefault="00D90B00" w:rsidP="00A270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>учитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008873B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>математики</w:t>
+            </w:r>
+            <w:r w:rsidR="0007015B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="645464F5" w14:textId="3A92F4A5" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00AC51B6" w:rsidP="00B7352D">
+              </w:rPr>
+              <w:t xml:space="preserve"> и физики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с русским языком обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A270EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1106972E" w14:textId="6C9721FC" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00152F1D" w:rsidP="008873B6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00B7352D" w:rsidRPr="00B7352D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008873B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00670C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Жұмыс</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>ваканси</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">я </w:t>
+            </w:r>
+            <w:r w:rsidR="008873B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>16 сағат</w:t>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="001E575F" w14:paraId="6C44380B" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="22D146B3" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="094B9122" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="3E52CB25" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="330B8065" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="09481E71" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4981A0" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="2EC479EB" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="2DFEB649" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4285EDEF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="1FA3DC39" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2705C131" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B7352D" w14:paraId="77CC0AC7" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="36C565E4" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1026E6D3" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="519208F5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F71E4A0" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="6A6E873A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5C9BE7" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="2D46AF50" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...38 lines deleted...]
-          <w:p w14:paraId="6ED5B539" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BC0517A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="1796306A" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пециальное образование( min): 12</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 586</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C027EBF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001B3451">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...32 lines deleted...]
-              <w:t>теңге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145,115</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="001E575F" w14:paraId="58D5D060" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="644E8FA3" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69C65DF1" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="4DE2A316" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7352D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0EC4E2" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="0A9752DF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="23A4063E" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A52DA40" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="669040FA" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="078BADA8" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="4719A976" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B74EC" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1491C8CC" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="3E86EA43" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00276140" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D0E784" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B7352D" w14:paraId="5A7CEBE0" w14:textId="77777777" w:rsidTr="00B7352D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="21DAE59A" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA7CA05" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="34E95481" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7352D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48FDDECF" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="765BAF1A" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E597F7E" w14:textId="3FEFFF67" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00053599" w:rsidP="00B7352D">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="36597B45" w14:textId="2B6F26EE" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="0007015B" w:rsidP="00354EA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidR="00BE666D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidR="00BE666D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00BE666D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>08</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC36CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00BE666D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00BE666D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="001E575F" w14:paraId="42830F72" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="2E2D3A72" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0571C7D2" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="65A70F1F" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7352D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="790B75CA" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="54FC11B8" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B2B08E" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-            <w:pPr>
+          <w:p w14:paraId="6540AA8A" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B7352D">
-[...190 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CDB6325" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...220 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07777BAE" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...117 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...198 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD071CB" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...203 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...79 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10AA3956" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...119 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6661BF" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...439 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>денсаулық</w:t>
-[...90 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BC0BD7F" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EF6EA78" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-            <w:pPr>
+          <w:p w14:paraId="7C327432" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="618DFD1F" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-            <w:pPr>
+          <w:p w14:paraId="36A091CF" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...259 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49067E8D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1931C496" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-                <w:b/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A3C928B" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-            <w:pPr>
+          <w:p w14:paraId="254F6E68" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="734B634B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B7352D" w:rsidRPr="00B7352D" w14:paraId="3D344CCE" w14:textId="77777777" w:rsidTr="00B7352D">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="28C6034F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38F455AA" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="1827E72E" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7352D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10873F04" w14:textId="466A8432" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="4DDC994A" w14:textId="1FE4E047" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00496F6C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7352D">
-[...6 lines deleted...]
-              <w:t>бос лауазымының мерзімі</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F893147" w14:textId="7F5E4555" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+          <w:p w14:paraId="22F193F6" w14:textId="2A7CD445" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A7356C7" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
+    <w:p w14:paraId="4F79B75A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00B66486" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55D4BEE6" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="32652778" w14:textId="77C333E7" w:rsidR="00B66486" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="5DAC56A5" w14:textId="77777777" w:rsidR="00B7352D" w:rsidRPr="00B7352D" w:rsidRDefault="00B7352D" w:rsidP="00B7352D">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3E90C9E0" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4174AA5E" w14:textId="3784D0A8" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00B7352D">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="57997A2A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33B8B5A9" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="65242B1B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="501DE23F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="2703A81B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="257D5A2A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="1A6DE1AF" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54F8B77A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="00390A14" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64A3A254" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="005D5244" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="749756A4" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="347F12B9" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CE3C185" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="728767C8" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7883F38A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="1487DC9B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7922E872" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="5EA2CCFD" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B3C4C3C" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3AAF5B41" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63456626" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3C2D1B38" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="786C9D2A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="4789F614" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79D63A88" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="5912E2D3" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A90715D" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="161D56E9" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0259BD4D" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3C35E47C" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47BFF582" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="4D2FBD83" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A3A6175" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="2732BEFA" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB99F32" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="6ECFD816" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="181D04E7" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="771E81D7" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C51CD30" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="78DE8DDC" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="593977EA" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="32C12919" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CBA1ECF" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="719EC4F3" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B3C93A9" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="76C3AD8A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DF99788" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3CDF5E83" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B370DC8" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="1B328A52" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A186F2B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="4B0C9112" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="166DC9B2" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="222C07A3" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CDF7BEC" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="09C72F7A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74A1C06F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="596109D1" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C6048E6" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="12330C72" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14D99306" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...250 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="4EB80F77" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DA805C0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...187 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="217A8243" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">«Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы білім басқарм</w:t>
+        <w:t xml:space="preserve">образования Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4572D58D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="73E406B9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="61776ABF" w14:textId="0581EE56" w:rsidR="00B66486" w:rsidRPr="00496F6C" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0DE2E4DD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00496F6C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003365B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D470A23" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="5472BD4A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D492E7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00496F6C">
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695CB801" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00496F6C" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="06148BA7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00496F6C">
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3E3013" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="250BEFA8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00496F6C" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="35C741C3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3832AF28" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00496F6C">
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="55F5CC15" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0B7658CB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A3297B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="56390D41" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E240FA6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...84 lines deleted...]
-    <w:p w14:paraId="789293D8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="65BE6894" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A3EC6DF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="54BEDA2B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45602729" w14:textId="5A75A41F" w:rsidR="00B66486" w:rsidRPr="00B7352D" w:rsidRDefault="00B66486" w:rsidP="00B7352D">
+    <w:p w14:paraId="38C48CBF" w14:textId="6E261C64" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допус</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тить меня к конкурсу на занятие</w:t>
+      </w:r>
+      <w:r w:rsidR="00434BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="008873B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>математики</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060628">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67584F28" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-      </w:r>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E18E38" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0519C846" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4924D54F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасы  Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B7352D" w:rsidRPr="00B7352D">
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2518142A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CA4848" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1643AE67" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D865A65" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66469846" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Математика (орыс сынып) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B7352D">
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CB3B0C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...193 lines deleted...]
-    <w:p w14:paraId="42A1CD64" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3D4CAF7D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="0E3021D7" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="4BDB4E68" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545146A0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="41F52421" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD84D19" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="7477D808" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34A7A723" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>учебного заведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E12A853" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="1EC3C9DA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD055BD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="58236565" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B66486">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F5AC2E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...34 lines deleted...]
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="76640F65" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="2101F7C0" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="678EEFB3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="375BC2A0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="718E8183" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="56463B9B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="030B767B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="5F698E16" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69CCF1C5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="6F7CC798" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="77AF9E0F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="638A3905" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274F95C5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="48BA5E77" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...72 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C6D96B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578F9DB5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA21FAA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>) күні):</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>____________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333164D5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="55A5A0B6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08F6170C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4E134BCB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554F973E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6969FFF6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228D636D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252C0505" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63DEEEC4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="24C9620A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+    </w:p>
+    <w:p w14:paraId="5CC2EF93" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7AB303" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3D6DC15B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...66 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503263D0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="369F8990" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="382C07CB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="216D3A6C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C33B970" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7667044B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375DA420" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="691CA0E3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6E406F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0A55172F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06AAAFE1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7D671D11" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D321D0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...397 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...59 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                                  (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B66486">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   </w:t>
-      </w:r>
+        <w:t xml:space="preserve">)                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DEAE27" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46D74A75" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FA27DE7" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="341804DE" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7217EC16" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C7A616E" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F81698E" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="00B25802" w14:paraId="3524CD80" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="54056F60" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15257C56" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+          <w:p w14:paraId="2042796E" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5A1FB2D4" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+          <w:p w14:paraId="31393286" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1C42B7" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+          <w:p w14:paraId="7A54160B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="103815D7" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DE9C43" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="52AA84CA" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="251D57FC" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="72B50F3F" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C52760" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2716EA3C" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33847CFF" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBC047F" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FEC68D6" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="00CD6D23">
+    <w:p w14:paraId="6F8E9DCC" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="002E00FE" w:rsidRDefault="00BC36CE" w:rsidP="00BC36CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B7EC292" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="00CD6D23">
+    <w:p w14:paraId="4D4898D7" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="00BC36CE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...154 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FB12F0" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="00CD6D23">
-[...35 lines deleted...]
-    <w:p w14:paraId="731247FE" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="00CD6D23">
+    <w:p w14:paraId="751C4226" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="00BC36CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5822A809" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="002E00FE" w:rsidRDefault="00BC36CE" w:rsidP="00BC36CE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="00B25802" w14:paraId="20F093AF" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="7D823210" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F60CE11" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
+          <w:p w14:paraId="44954167" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFAE7FB" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30A260AD" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6063942E" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67387F8D" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...198 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="00B25802" w14:paraId="3C7958C0" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="1DF869C9" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="485E5181" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="06C79AF5" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65698CCA" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="32906852" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D4B13CD" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...126 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="68FED7EB" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="644360F5" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...215 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="13AE532D" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="004D03FA" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21B9A20B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="004D03FA" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="698A386A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="004D03FA" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A33217" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="004D03FA" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...90 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DC598A9" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1779F359" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="507E726C" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="00B25802" w14:paraId="03861F46" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="69FEDC71" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFF019C" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AEDA35A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29A079D4" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6E9475" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09420933" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4567A1F3" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BCB880" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="15052510" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="715BC200" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="682E69DE" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57A04AD4" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B639769" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76B45C4D" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0045E8EB" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="67EA0AC4" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="164E992A" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="016B984E" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6056AACF" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="17BEA0BE" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77E3BD22" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...126 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="07294BBC" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="564B30FF" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76DBBDCE" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...101 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+          <w:p w14:paraId="1DA39C25" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28AA0239" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D2402D3" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="098D2263" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="066CD941" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D74950" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16244C78" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="511A92FF" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0996593C" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="00B25802" w14:paraId="11073A7F" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="1EF1B244" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B6A83B7" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="18ABF558" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A1D1CF7" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+          <w:p w14:paraId="17EFF947" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19ECD9EB" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...15 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="6C3AD722" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E70C9F7" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+          <w:p w14:paraId="285C11FD" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F2ADA45" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A046E38" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3800C80C" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="77053C92" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="00B25802" w14:paraId="7D3EEC94" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="6F7BD07A" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39508CAE" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6231CEF8" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2BDDDF2E" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C7AE71" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7C10DF" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA02389" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20802799" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="222DBAFE" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D5BCE36" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7BF9C57D" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2602D0AD" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="381A3F47" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="550C3545" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...50 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="61FA4BCD" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5064694A" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...40 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5A3ADC7A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F290878" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...199 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04369666" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55496F47" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3D348060" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="001E575F" w14:paraId="1BBC7FF6" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="3AF78C02" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F6B6D20" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="67465012" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F7AAE84" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7085A79C" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="527C0B93" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD4E2A3" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3107780F" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0695A035" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352FD30B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C012E8" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11A213D1" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11DF01FC" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="335BD7D8" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65745541" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="4F8C8BC9" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7206D848" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="45C30A0F" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0BA43F5D" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="002E00FE" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+          <w:p w14:paraId="6665B96A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="371F9A58" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="002E00FE" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...35 lines deleted...]
-              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w14:paraId="6786FAC9" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5270E75A" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="404FE4B6" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5405DEFA" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0047F3E4" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E00FE">
-[...58 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="636427D9" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72575749" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="1459AE9D" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="00B25802" w14:paraId="14FA275D" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="47E6C9B1" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5DDB7430" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47052AEE" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C4CCFF8" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D318F7" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5271743A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6584AD42" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF7B52A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EDCD39" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="58160B56" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2985BE56" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7BD457CD" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AE3A50A" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="002E00FE" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+          <w:p w14:paraId="1C393EC6" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A3F2229" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5B29E99A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F39135" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28169D69" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A18211" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D076D23" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F2C2F1" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C2D4855" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103CA1E0" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011ABC4F" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79B6E36F" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78401720" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC43177" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AAA9265" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBF29AB" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CAE846C" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E1B1473" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="430E5B35" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...51 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4FEC6B39" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BDA55AE" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...107 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A922DF7" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4215C43C" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="001E575F" w14:paraId="6EE275DC" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="32CD7A6B" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BC4CAF6" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="60BDBE67" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27AB37B4" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w14:paraId="6A3E5F4A" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E84C34A" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+          <w:p w14:paraId="75DA8CF8" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7644D1FC" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...38 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w14:paraId="5C5F064B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFE9D3A" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4481635B" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D23" w:rsidRPr="001E575F" w14:paraId="6E956AD0" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00BC36CE" w:rsidRPr="00B25802" w14:paraId="041AA894" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00D0772E" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...18 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="0FDE24FA" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5878D5BC" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="583D56F2" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="001235A7" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAC65B7" w14:textId="77777777" w:rsidR="00CD6D23" w:rsidRPr="00B25802" w:rsidRDefault="00CD6D23" w:rsidP="003019A3">
-[...3285 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w14:paraId="443D70BC" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B25802" w:rsidRDefault="00BC36CE" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30D446D6" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
+    <w:p w14:paraId="0DC1E5CC" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="0020641A" w:rsidRDefault="00BC36CE" w:rsidP="00BC36CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidSect="00B66486">
+    <w:p w14:paraId="7794BDCE" w14:textId="77777777" w:rsidR="00BC36CE" w:rsidRPr="00B66486" w:rsidRDefault="00BC36CE" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BC36CE" w:rsidRPr="00B66486" w:rsidSect="00152F1D">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -14462,135 +9960,135 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1119683797">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1450197049">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1033190964">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="242642688">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1888301811">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="233710871">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00021D92"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
-    <w:rsid w:val="00053599"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00060628"/>
     <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007015B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E6FD0"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00152F1D"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="0019140C"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A3A9E"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B3451"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E575F"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="00201BCC"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
@@ -14943,135 +10441,134 @@
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
-    <w:rsid w:val="00AC51B6"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE51EF"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00AF1B23"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B25496"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B66486"/>
     <w:rsid w:val="00B7352D"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC36CE"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE666D"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD1F8C"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD6D23"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D16EC3"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D90B00"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
@@ -16121,66 +11618,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD12D4DD-FD60-494C-85A6-93981ED0EF1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2024</Words>
-  <Characters>11543</Characters>
+  <Words>2090</Words>
+  <Characters>11913</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
+  <Lines>99</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13540</CharactersWithSpaces>
+  <CharactersWithSpaces>13976</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>