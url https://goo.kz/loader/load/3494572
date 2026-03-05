--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,22597 +1,14219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00647313" w:rsidRPr="003C20EC" w:rsidRDefault="00647313" w:rsidP="00647313">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өзін-өзі бағалау материалдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"Павлодар қаласының №126 сәбилер - бақшасы -  Эстетикалық даму орталығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>МҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Павлодар,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2022-2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>о/ж</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мазмұны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="004D4417" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Ұйым туралы жалпы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1. "Павлодар қаласының  126 сәбилер - балабақшасы-эстетикалық даму орталығы" КМҚК туралы ақпараттық анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. Кірістер туралы жалпы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="004D4417" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Кадрлық құрамды талдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1. Білім беру бойынша педагогтердің сапалық құрамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. Санаттар бойынша педагогтердің сапалық құрамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>З. Педагогтар және еңбек өтілі туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4. Педагогтердің жас құрамы туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5. Курсты қайта даярлау туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Штаттық оқу кестесіне сәйкес балабақшаны педагогтармен жасақтау. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="004D4417" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Мектепке дейінгі тәрбиеленушілердің контингентін талдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1. Тәрбиеленушілер және топтар контингенті туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. Жынысы бойынша тәрбиеленушілер контингенті туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>З. Ұлттық құрам бойынша тәрбиеленушілер контингенті туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4. Ата-анасының қамқорлығынсыз қалған жетім балалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="004D4417" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Оқу-материалдық активтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1."Павлодар қаласының №126 сәбилер - бақшасы" КМҚК ғимараты туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. Пәнді дамытатын сиренаны жабдықтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="004D4417" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Инклюзивті білім берудің шарттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="004D4417" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Кітапхана қоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="004D4417" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk144908730"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="003E4AB8" w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білім беру процесіне қатысушылардың сауалнамасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRPr="009D275B" w:rsidRDefault="003E4AB8" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="004D4417" w:rsidP="009D275B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Білім беру ұйымы туралы жалпы мәліметтер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының №126 сәбилер - бақшасы - балалардың эстетикалық даму орталығы" МҚКК туралы ақпараттық анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="11"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="7342"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұйымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Павлодар қаласының №126</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәбилер - бақшасы - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Э</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>стетикалық даму орталығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>" КМҚК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы, Павлодар облысы, Павлодар қ., Майра көш., 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Басшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рысай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ольга Ал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ексеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Пайдалануға берілген жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Меншік нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22.10.1990 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқыту және тәрбиелеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік және орыс тілдерінде жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="004D4417" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Sad</w:t>
+              </w:r>
+              <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>126@</w:t>
+              </w:r>
+              <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>goo</w:t>
+              </w:r>
+              <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>edu</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>kz</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, телефон/факс </w:t>
+            </w:r>
+            <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7182</w:t>
+            </w:r>
+            <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 526093,624402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ауданы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2576,7;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жобалық қуат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>280</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>304</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу-материалдық база</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бақшада 11 топ жұмыс істейді. Балабақшада бар: (қазақ тілі, музыка, дене шынықтыру кабинеттері, логопед, информатика, психолог, робототехника. ИЗО, хореография, әдістемелік кабинеттері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Медициналық блок (медбике кабинеті, процедуралық, дәрігердің қарауына арналған кабинеттер, 2 оқшаулағыш).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="009D275B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог кадрлардың сапалық құрамы (білімі, өтілі, санаттар бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы 34 мұғалім. Олардың ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі бойынша —</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары біліммен-24 (71%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орта біліммен-9(26%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары оқу орнында оқитындар -1(3%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары санат - 4 (12%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог зерттеуші-2 (6%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бірінші - 5 (15%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог сарапшы - (3%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Екінші - З (9%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог модератор - 10 (29%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог - 9 (26%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі бойынша —</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- 0-ден 5 жасқа дейін -3 (9%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-5 жастан 10 жасқа дейін -9 (26%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- 10 жастан 15 жасқа дейін -7 (20%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-15 жастан 20 жасқа дейін - 5(15%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20 жылдан астам - 10 (29%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. Мектепке дейінгі білім беру туралы жалпы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4672"/>
+        <w:gridCol w:w="4673"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Құқық белгілейтін және құрылтай құжаттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Павлодар облысы әкімдігінің қаулысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Коммуналдық меншіктің кейбір мәселелері туралы" 2008 жылғы 02 шілде №848/16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заңды тұлғаны мемлекеттік қайта тіркеу туралы анықтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Тіркеу нөмірі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№10100630717858</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бизнес сәйкестендіру нөмірі 990540002464;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2021 жылғы 13 қаңтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бастапқы тіркеу күні: 1997 жылғы 10 мамыр.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі ұйымның жарғысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Павлодар қаласының №126 сәбилер - бақшасы -  Эстетикалық даму орталығы"  жарғысы 05.01.2021 жылғы №1" Павлодар облысының қаржы басқармасы " мемлекеттік мекемесімен бекітілген.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рұқсат беру құжаттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қызметті жүзеге асырудың басталуы туралы хабарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>02.12.2022 жылғы Мектепке дейінгі тәрбие және оқыту саласындағы қызметті жүзеге асырудың басталуы туралы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Хабарлама № KZ27RVK00042196</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="004D4417" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Медициналық қызметпен айналысуға арналған мемлекеттік лицензия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18.01.2008 жылы Павлодар облысы бойынша "Республика Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің департаменті" республикалық мемлекеттік мекемесі берген.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Санитарлық - эпидемиологиялық қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13.03.2008 жылғы № 362 санитариялық-эпидемиологиялық қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Тұрақты жер пайдалану құқығына Акт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылжымайтын мүлік: Балабақша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тұрақты жер пайдалану құқығына №131 Акт, кадастрлық нөмірі: 14-218-019-127. Жалпы ауданы 1.0464, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D275B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мекен-жайы: Майра көшесі.27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009D275B" w:rsidRDefault="009D275B" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="004D4417" w:rsidP="009D275B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Мектепке дейінгі білім берудің кадрлық әлеуетін талдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі мекеме штаттық кестеге сәйкес педагогикалық кадрлармен толық қамтылған, педагогтар мен мамандардың штаттық бірліктері қарастырылған. Педагогикалық кадрлармен жасақтау есепті жылдар ішінде 100% құрайды. Педагогикалық ұжым-ортақ мақсаттар мен міндеттерді біріктіретін пікірлестердің ұжымы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Барлық мұғалімдер штаттық кестеге сәйкес жұмыс істейді. Балабақшада барлығы 40 мұғалім жұмыс істейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Педагогтердің ауысуы декреттік демалысқа, зейнеткерлікке шығуы және басқа шағын аудандар мен басқа қалаларға көшуіне байланысты,  негізгі қызметкерлерді ауыстыру есебінен жүреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRDefault="009D275B" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D275B" w:rsidRDefault="0056159C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D275B">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D275B" w:rsidRPr="009D275B">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім бойынша педагогтардың сапалық құрамы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056159C" w:rsidRPr="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.1 кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-408" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1202"/>
+        <w:gridCol w:w="1124"/>
+        <w:gridCol w:w="1269"/>
+        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="1269"/>
+        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="1329"/>
+        <w:gridCol w:w="1616"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A9383B" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+            <w:r w:rsidR="00236914">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы педагог саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRPr="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>біліммен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3966" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орта-арнайы білімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖОО-да оқу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A9383B" w:rsidRPr="004D4417" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRPr="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Барлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRPr="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іммен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRPr="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="00A9383B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Барлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іммен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1329" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>осымша мектепке дейінгі білім бе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9383B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A9383B" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1016" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRPr="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (71%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 (12%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9 (26%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 (9%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1329" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6 (18%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9383B" w:rsidRDefault="00A9383B" w:rsidP="009D275B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 (3%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009D275B" w:rsidRPr="009D275B" w:rsidRDefault="009D275B" w:rsidP="009D275B">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ағымдағы оқу жылында педагог кадрлар арасында жоғары педагогикалық білімі бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71% және арнаулы орта білімі бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26%. Орта арнаулы білімі бар педагогтардың пайызы төмендейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Басшы, әдіскер және тәрбиешілер қатарынан жоғары мектепке дейінгі білімі бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12%, орта арнаулы мектепке дейінгі білімі бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9%, және 12% (басшы және тәрбиешілер) бірінші мектепке дейінгі білімі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азіргі таңда өзінің педагогикалық білім деңгейін көтеруде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 педагог, бұл 3% -ды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.Санаттар бойынша педагогтардың сапалық құрамы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056159C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.2 кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="1237"/>
+        <w:gridCol w:w="1009"/>
+        <w:gridCol w:w="1395"/>
+        <w:gridCol w:w="1295"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0056159C" w:rsidTr="001640A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+            <w:r w:rsidR="00236914">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы педагог саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7885" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056159C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ның ішінде санаты бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056159C" w:rsidTr="0056159C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары санат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог зерттеуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бірінші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог -модератор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Санатсыз педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00236914" w:rsidTr="0056159C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRPr="00236914" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00236914">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(12%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="00236914" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2(6%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="00236914" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5(15%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="00236914" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1(%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="00236914" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3(9%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="00236914" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10(29%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0056159C" w:rsidRDefault="00236914" w:rsidP="0056159C">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9(26%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0056159C" w:rsidRPr="0056159C" w:rsidRDefault="0056159C" w:rsidP="0056159C">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="-567" w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236914">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақшаның педагог қызметкерлерін аттестаттау ережелеріне сәйкес жыл сайын жоспар бойынша аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236914">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.Еңбек өтілі бойынша педагогтар туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.3кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10731" w:type="dxa"/>
+        <w:tblInd w:w="-558" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1295"/>
+        <w:gridCol w:w="1296"/>
+        <w:gridCol w:w="1296"/>
+        <w:gridCol w:w="1457"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00236914" w:rsidTr="00236914">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1295" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жылдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00A05366">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы педагог саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236914">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 жылға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1457" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-10жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-15жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15-20жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236914">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20 және одан жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00236914" w:rsidTr="00236914">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1295" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRPr="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 (9%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1457" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9 (26%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7 (20%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 (15%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 (29%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+      <w:pPr>
+        <w:ind w:hanging="1632"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236914">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.Педагогтардың жас құрамы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+      <w:pPr>
+        <w:ind w:hanging="1632"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.4 кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="11023" w:type="dxa"/>
+        <w:tblInd w:w="-576" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1202"/>
+        <w:gridCol w:w="1116"/>
+        <w:gridCol w:w="919"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="916"/>
+        <w:gridCol w:w="916"/>
+        <w:gridCol w:w="916"/>
+        <w:gridCol w:w="916"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="916"/>
+        <w:gridCol w:w="916"/>
+        <w:gridCol w:w="1110"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00677A96" w:rsidTr="00677A96">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жылдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00A05366">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы педагог саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677A96" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жасқа дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30-35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40-45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>55-60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677A96" w:rsidTr="00677A96">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2(6%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677A96" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(29%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677A96" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(15%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677A96" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(18%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677A96" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(12%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677A96" w:rsidRDefault="00677A96" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(20%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00236914" w:rsidRDefault="00236914" w:rsidP="00236914">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00677A96" w:rsidRDefault="00677A96" w:rsidP="00236914">
+      <w:pPr>
+        <w:ind w:hanging="1632"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00236914" w:rsidRDefault="00677A96" w:rsidP="00677A96">
+      <w:pPr>
+        <w:ind w:left="-709" w:firstLine="1135"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00305D8A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 — дан -35 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін-29 %; 40-тан 45-ке дейін-18% 55-60 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677A96" w:rsidRPr="00677A96" w:rsidRDefault="00677A96" w:rsidP="00677A96">
+      <w:pPr>
+        <w:ind w:left="-709" w:firstLine="1135"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677A96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осылайша, "ұжым негізінен педагогикалық тәжірибесі аз жас педагогтардан тұрады; ұжымды жаңа педагогикалық кадрлармен толықтыру айтарлықтай қарқынды жүріп жатыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Курсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.5 кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-501" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="932"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="1157"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1863"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003E4AB8" w:rsidTr="003E4AB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="932" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2327" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRPr="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>айта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>даярланды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5820" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRPr="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E4AB8" w:rsidTr="003E4AB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="932" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRPr="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009429F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRPr="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбиешілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E4AB8" w:rsidTr="003E4AB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009429F3" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2-қазақ тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-логопед </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E4AB8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ене шынықтыру нұсқаушысы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E4AB8" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Э</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E4AB8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стетика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="009429F3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009429F3" w:rsidRPr="003E4AB8" w:rsidRDefault="003E4AB8" w:rsidP="003E4AB8">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Педагог кадрлардың курстық даярлығын арттыру мынадай қорытынды жасауға мүмкіндік береді: барлық педагогтер үш жылда бір рет курстық курстан уақтылы өтеді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4AB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>және "Өрлеу "БАҰО" АҚ, ппу, "Білім" БППК, ПК КМЦ базасында өздерінің педагогикалық шеберліктерін арттырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009429F3" w:rsidRPr="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00373E79" w:rsidRDefault="00373E79" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00373E79">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Штаттық кестеге сәйкес б</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5AD3" w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алабақшаны педагогтармен </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5AD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.6 кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-539" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7026"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ауазымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инновация бойынша әдіскер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог - психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбиешілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRPr="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>узыка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жетекшісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRPr="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нұсқаушысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Логопед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRPr="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Э</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>стетика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5AD3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, режиссер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRPr="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сурет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хореограф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="00A9383B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог - психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="00A9383B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5AD3" w:rsidTr="008C5AD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="00A9383B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="00A9383B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008C5AD3" w:rsidRPr="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="008C5AD3">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C5AD3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1990 оқу жылынан ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стап Павлодар облысы әкімінің "Білім департаменті" №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C5AD3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 263 22 бұйрығы негізінде жаңа штат бірліктері қосылды. Р). 1990 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C5AD3" w:rsidRDefault="008C5AD3" w:rsidP="009429F3">
+      <w:pPr>
+        <w:ind w:left="-495" w:firstLine="637"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C5AD3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта білім беру процесі "Қазақстан Республикасының мектепке дейінгі тәрбие мен оқытудың үлгілік оқу жоспарларын бекіту туралы" ҚР БҒМ 12.05.2020 ж.N2 95 бұйрығына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+      <w:pPr>
+        <w:ind w:left="-495" w:firstLine="637"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022-2023 оқу жылында вариативті бөлімге «Мультипликация», «Хореография», «Кішкентай актер» пәндері енгізілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+      <w:pPr>
+        <w:ind w:left="-495" w:firstLine="637"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балабақша алдыңғы жылдарға және ағымдағы оқу жылына арналған штаттық кестеге сәйкес педагогикалық кадрлармен толық қамтылған, тәрбиешіге бос орын бар (1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009429F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едагогикалық кадрларды қайта даярлау жоспары бар, жоспарлы аттестаттаудан өту кестесі жасалған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009429F3" w:rsidRPr="009429F3" w:rsidRDefault="009429F3" w:rsidP="009429F3">
+      <w:pPr>
+        <w:ind w:left="-495" w:firstLine="637"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D75A0" w:rsidRDefault="004D4417" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="00324FF8">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D75A0" w:rsidRPr="000D75A0">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МДҰ тәрбиеленушілер контингентін талдау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D75A0" w:rsidRDefault="000D75A0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D75A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі ұйымның қызметін автоматтандыру «Balabagsha.cnation.kz» порталы арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D75A0" w:rsidRDefault="000D75A0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D75A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың мектепке дейінгі ұйымға түсуі «Balabagsha.cnation.kz» бағыты бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D75A0" w:rsidRDefault="000D75A0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D75A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әрбір балаға жеке іс ресімделеді, оның құрамына жолдама, ата-анасының (немесе оның орнындағы адамның) баланы МДҰ-ға қабылдау туралы өтініші, МДҰ мен ата-аналар арасындағы шарт, педиатр дәрігерінен рұқсат беру анықтамасы тігіледі. Балалардың тізіміне сәйкес барлық жеке істер бар. Жолдамаларды тіркеу журналы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D75A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>балалар кітабы, балалардың қозғалысы бойынша бұйрықтар, өтініштерді тіркеу журналы, ата-аналар шарттарын тіркеу журналы</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4E57">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4E57">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақшада 11 жас тобы жұмыс істейді. Толымдылық жобасы 280 баланы құрайды, мемлекеттік тапсырыс - 305 баланы құрайды. Топтардың жұмыс тәртібі сағат 7.00-ден 19.00-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D75A0" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4E57">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Тәрбиеленушілердің топтары мен контингенті туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="008C5AD3">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.1 кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="673"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000D4E57" w:rsidTr="00A9383B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топтар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ерте жас (1-2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кіші топ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(2-3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ортаңғы топ (3-4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ересек тобы (4-5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектепалды тобы (5-6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4E57" w:rsidTr="000D4E57">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топ саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топ саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топ саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топ саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топ саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4E57" w:rsidTr="000D4E57">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4E57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D4E57" w:rsidRPr="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000D4E57" w:rsidRDefault="000D4E57" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D4E57" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тізімдік құрам бойынша балалар саны азаяды, бірақ, соған қарамастан, жобалық қуат пен мемлекеттік тапсырысқа сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Жыныстық белгісі бойынша тәрбиеленушілер контингенті туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.2 кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10768" w:type="dxa"/>
+        <w:tblInd w:w="-595" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2688"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C323D2" w:rsidTr="00C323D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C323D2" w:rsidTr="00C323D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>150</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (49%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>154 (51%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000D75A0" w:rsidRPr="00C323D2" w:rsidRDefault="000D75A0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қыздар саны басым екені байқалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:hanging="1632"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Ұлттық құрам бойынша тәрбиеленушілер контингенті туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">З.З. кесте </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10730" w:type="dxa"/>
+        <w:tblInd w:w="-557" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1941"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C323D2" w:rsidTr="00C323D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басқа ұлттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C323D2" w:rsidTr="00C323D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">139 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(46%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>117% (38)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>48% (16)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0064504A" w:rsidRPr="00C323D2" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRDefault="00C323D2" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:hanging="1632"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C323D2">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-анасының қамқорлығынсыз қалған жетім балалар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:hanging="1632"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">З.4. кесте </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-601" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2270"/>
+        <w:gridCol w:w="2516"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0064504A" w:rsidTr="0064504A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетім балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRPr="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064504A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-анасының қамқорлығынсыз қалған жетім балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064504A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қамқорлықтағы балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064504A" w:rsidTr="0064504A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C323D2" w:rsidRPr="00C323D2" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0064504A">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қорытынды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064504A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымда 304 баланы қамтитын 11 топ жұмыс істейді. Топтар 99% жасақталған, мемлекеттік тапсырыс орындалуда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0064504A" w:rsidRDefault="0064504A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C15DAF" w:rsidRPr="0077534A" w:rsidRDefault="004D4417" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="430" w:hanging="997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15DAF" w:rsidRPr="0077534A">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...329 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Оқу-материалдық активтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C15DAF" w:rsidRPr="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="251"/>
+        <w:ind w:left="-426" w:firstLine="846"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00647313" w:rsidRPr="00F30671" w:rsidRDefault="009A5A59" w:rsidP="00647313">
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15DAF" w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының № 126 сәбилер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балабақшасы»</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15DAF" w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғимараты туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C15DAF" w:rsidRPr="00C15DAF" w:rsidRDefault="00C15DAF" w:rsidP="00373E79">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15DAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақша аумағында көлеңкелі қалқалары мен заманауи шағын формалары бар, 11 ойын алаңы, спорттық жабдықтармен жабдықталған спорт учаскесі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E353A" w:rsidRPr="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ғимараттың</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15DAF" w:rsidRPr="00C15DAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жақсы жабдықталған </w:t>
+      </w:r>
+      <w:r w:rsidR="00C15DAF" w:rsidRPr="00C15DAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барлық түрлері бар: су құбыры, кәріз, орталық    жылыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E353A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиеленушілердің, балабақша қызметкер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лерінің қауіпсіздігі мақсатында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E353A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыбыстық құлақтандыру және бейнебақылау жүйесі, өрт дабылы, «дабыл түймесі» орнатылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E353A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әкімшілік орындар, медициналық қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызмет көрсетуге арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E353A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ас блогы, кір жуатын орын және басқа да кабинеттер бар. Барлық кабинеттер мақсаты бойынша пайдаланылады, нақты функционалдық бағыты бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="6060"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002E353A" w:rsidTr="002E353A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағыттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бөлмелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E353A" w:rsidTr="002E353A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E353A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медициналық қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Медициналық кабинет, 2 орындық изолятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E353A" w:rsidTr="002E353A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">амақтандыруды ұйымдастыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с блогы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E353A" w:rsidTr="002E353A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру-сауықтыру дамуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRPr="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорт </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>залдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктірілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E353A" w:rsidRPr="004D4417" w:rsidTr="002E353A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E353A" w:rsidRPr="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалардың тыныс-тіршілігін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топтық бөлмелер - 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A5880" w:rsidRPr="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жатын бөлмелер - 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A5880" w:rsidRPr="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дәретхана бөлмелері -1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A5880" w:rsidRPr="009A5880" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қабылдау</w:t>
+            </w:r>
+            <w:r w:rsidR="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лер</w:t>
+            </w:r>
+            <w:r w:rsidR="009A5880" w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009A5880" w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A5880" w:rsidRPr="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ашық ойын алаңдары - 1 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A5880" w:rsidRPr="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жазғы верандалар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A5880" w:rsidRPr="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музыкалық және дене шынықтыру залдары -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E353A" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі, логопед, пе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дагог-психолог, мультистудия, бейнелеу кабинеті, хореография</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, әдістемелік кабинеттер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A5880" w:rsidRPr="004D4417" w:rsidTr="00A9383B">
+        <w:trPr>
+          <w:trHeight w:val="723"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9178" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік-шаруашылық үй-жайлар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A5880" w:rsidRDefault="009A5880" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балабақша басшысының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>абинеті - 1, шаруашылық кабинеті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5880">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1, кір жуатын орын - 1, ас блогы</w:t>
+            </w:r>
+            <w:r w:rsidR="00407C02">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002E353A" w:rsidRDefault="002E353A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00407C02" w:rsidRDefault="00407C02" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пункттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кабинеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изоляторы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тоңазытқыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қақпағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үстел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таразы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өлшегіш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шкаф </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жабдықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00407C02" w:rsidRDefault="00407C02" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ас блогы жұмыс күйінде тұрған қажетті технологиялық жабдықтармен жабдықталған: электр плитасы, қуыру шкафы, электр табасы, электр ет тартқыш, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көкөніс кескіш және т.б. азық-түлікті сақтауға арналған қойма тоңазытқыштармен және мұздатқыш ларалармен, сөрелермен жабдықталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00407C02" w:rsidRDefault="00407C02" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кір жуатын бөлме кір жуғыш машинамен, центрифугамен, электр қайнатқышпен жабдықталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00407C02" w:rsidRDefault="00407C02" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақшада кабинет жүйесі жоқ. бұл оқу процесін ұйымдастыруда қиындықтар туғызады. Қазақ тілі кабинеті мен әдістемелік кабинеті біріктірілді. Логотип бар. Сондай-ақ, спорт залымен біріктірілген, бірақ барлық қажетті құралдармен жабдықталған музыка залы бар: гимнастикалық тақталар, төсеніштер, қабырғалы ағаш тақталар, гимнастикалық орындықтар, кегль;my, сақиналар, ленталар, волейбол доптары, баскетбол доптары, лақтыру доптары, гимнастикалық қақпалар және басқа да көптеген жабдықтар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00407C02" w:rsidRDefault="00407C02" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13 мектепке дейінгі ұйымда 11 топ жұмыс істейді. 11 топта жатын бөлмелері, 11 ойын бөлмесі, 11 қабылдау бөлмесі, 11 жуынатын бөлме бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00407C02" w:rsidRDefault="00407C02" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022-2023 оқу жылында </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...353 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балабақшаның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материалдық-техникалық базасы айтарлықтай жаңартылды, ас блогында ыдыс-аяқ, үстелдер ауыстырылды, ас блогына ағымдағ</w:t>
+      </w:r>
+      <w:r w:rsidR="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы жөндеу жұмыстары жүргізілді. М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407C02">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едбике, басшы кабинеті, дәліздер, кабинеттердегі есі</w:t>
+      </w:r>
+      <w:r w:rsidR="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ктерді бөлшектеу және монтаждау жұмыстары жүргізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пәндік-дамытушы ортаны жарақтандыру</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Топтық бөлмелер "мектепке дейінгі, орта білім беру ұйымдарын, сондай-ақ арнаулы білім беру ұйымдарын жабдықтармен және жиһазбен жарақтандыру нормаларын бекіту туралы"Қазақстан Республикасы Білім және ғылым министрінің 22.01.2016 ж. №270 бұйрығына сәйкес қажетті дидактикалық және ойын материалдарымен, жабдықтармен және жиһаздармен жарақтандырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әр жас тобындағы жиһаз балалардың санына және тәрбиеленушілердің өсу көрсеткіштеріне сәйкес таңдалады. Қауіпсіздік техникасын сақтау мақсатында барлық жиһаз бекітілген</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық ойын дамыту кеңістігі Үлгілік бағдарламаның мақсаттарын, міндеттерін және мазмұнын іске асыруға ықпал ететін белсенділік орталықтарына бөлінген</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пәндік даму ортасын құру кезінде келесі талаптар сақталады: гигиеналық, психологиялы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">Сведения о здании КГКП «Ясли - сад № </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ-педагогикалық, гендерлік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, эстетикалық, сонымен қатар функционалдылық, жайлылық сияқты пәндік даму ортасының жетекші сипаттамаларына сәйкес келеді. қауіпсіздік және сенсорлық әсерлердің байлығын, балалардың дербес жеке іс-әрекетін және шығармашылық пен зерттеу мүмкіндіктерін қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097021C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Топтардың кеңістігі көптеген дамытушы материалдармен жабдықталған жақсы бөлінген аймақтар түрінде ұйымдастырылған. Барлық заттар мен материалдар балаларға қол жетімді, бұл мектеп жасына дейінгі балаларға қызықты әрекеттерді таңдауға, оны күні бойы ауыстыруға мүмкіндік береді, ал мұғалімге балалардың жеке ерекшеліктерін ескере отырып, білім беру процесін тиімді ұйымдастыруға мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097021C" w:rsidRDefault="0097021C" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70CCC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұрыштарды жабдықтау тақырыптық жоспарлауға сәйкес өзгереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C11FC" w:rsidRDefault="003C11FC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балабақшада ұйымдастырылған пәндік-дамыту ортасы балалардың танымдық және шығармашылық белсенділігін бастайды, балаларға белсенділік формаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>таңдау еркіндігін береді, Балалар іс-әрекетінің әртүрлі формаларының мазмұнын қамтамасыз етеді, қауіпсіз және жайлылық. Әр баланың мүдделеріне, қажеттіліктері мен мүмкіндіктеріне сәйкес келеді және баланың қоршаған әлеммен үйлесімді қарым-қатынасын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C11FC" w:rsidRDefault="003C11FC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жиһаз барлық жас топтарында өсу көрсеткіштері бойынша іріктелген және санитарлық талаптарға сәйкес орналасқан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C11FC" w:rsidRDefault="003C11FC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқыту және тәрбиелеу бағдарламаларына сәйкес дидактикалық ойындардың үлкен ж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...482 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иынтығы, әртүрлі картотекалар, о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қу құралдары, білім беру ойындары, театрдың әртүрлі түрлері, кітаптар, рөлдік ойындарға арналған жабдықтар және т. б. тақырыптар бойынша демонстрациялық материалдар бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C11FC" w:rsidRDefault="003C11FC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды: осылайша, балабақшада баланың үйлесімді дамуына ықпал ететін әртүрлі іс-әрекеттердегі балалардың танымдық дамуы мен белсенділігін ынталандыратын даму ортасы құрылды. Баланың жас және жеке даму ерекшеліктері ескеріліп, әртүрлі қозғалыс белсенділігі, салауатты өмір салтын қалыптастыру үшін жағдайлар жасалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C11FC" w:rsidRDefault="003C11FC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сонымен қатар, балалардың қызығушылығын, олардың қабілеттері мен даму қарқынын ескере отырып, пәндік-ойын кеңістігін ұйымдастыруды ҚР</w:t>
+      </w:r>
+      <w:r w:rsidR="0077534A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МЖББС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C11FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заңнамасына сәйкес дамушы ортаны молықтыру арқылы жетілдіру қажет. Дыбыстық мәдениетті және мектепке дейінгі балалардың байланысқан сөйлеуін дамытуды ынталандыратын әдістерді - тәсілдерді жетілдіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0077534A" w:rsidRDefault="0077534A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0077534A" w:rsidRPr="0077534A" w:rsidRDefault="004D4417" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="002060"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="002060"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="0077534A" w:rsidRPr="0077534A">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Инклюзивті білім беру үшін жағдайлар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0077534A" w:rsidRDefault="0077534A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0077534A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақшада ерекше білім беру қажеттіліктері бар балалардың толыққанды қоғам жағдайында дамуына мүмкіндік беретін арнайы жағдайлар жасалған, бұл барлық балаларды тең құқылы қабылдауды және әрбір баланың ерекшеліктерін ескере отырып, оқуға жеке көзқарасты енгізуді білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0077534A" w:rsidRDefault="0077534A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0077534A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ғимараттың кіре берісінде баспалдақтың бірінші және соңғы сатылары қарама-қарсы боялған, ақпарат құралы - есту аймағы бар кіре берісте дыбыстық маяк бар. Алайда тактиль жолдары, Брайль тақтайшалары және т.б. жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0077534A" w:rsidRDefault="0077534A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балабақшада </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51048">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЕББҚ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077534A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар балаларды психологиялық-педагогикалық қолдау қызметі жұмыс істейді, оны</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51048">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиешілер, пән мұғалімдері ұйымдастыру іс - әрекет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077534A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесінде, сондай - ақ логопед, психолог арнайы білім беру қажеттіліктерін бағалау және психологиялық-медициналық-педагогикалық кеңестердің (ПМПК) ұсынымдары негізінде жеке, топтық және кіші топтық сабақтард</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51048">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы ұйымдастыруда жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51048" w:rsidRDefault="00F51048" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51048">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалар денсаулығының медициналық паспорттарын зерделеп, мамандар диагностика мен тексеруден өткізгеннен кейін бағдарламаны игеруде, дамытуда және мектепке дейінгі ұйымға бейімделуде қиындықтары бар тәрбиеленушілерді анықтаймыз. Жеке түзету көмегін көрсету үшін тізімдер жасап, балалармен жұмыс жоспарын жасаймыз. Егер баланың жағдайы күрделі болса, онда біз ата-аналармен әңгімелер, кеңестер өткіземіз, қалалық ПМПК үшін құжаттар дайындаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51048" w:rsidRDefault="00F51048" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51048">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Психологиялық-педагогикалық сүйемелдеу мазмұны жалпы білім беретін оқу бағдарламаларын бейімдеу немесе жеке бағдарламалар жасау түріндегі оқу жоспары мен оқу бағдарламаларының өзгерістерін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51048" w:rsidRDefault="00F51048" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51048">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Инклюзивті білім берудің арнайы шарттарының бірі педагогтардың кәсіби құзыреттілігін арттыру болып табылады. 34 педагогтың (32%) инклюзивті білім беру бойынша біліктілігін арттыру курстары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51048" w:rsidRDefault="00F51048" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51048">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Инклюзивті білім беру шарттарының бірі пәндік-кеңістіктік дамушы орта болып табылады. Ерекше білім беру қажеттілігі бар балаларға психологиялық-педагогикалық көмек көрсету үшін балабақшада ауызша сөйлеу қабілеті бұзылған балаларға арналған логопедиялық пункт және психолог кабинеті жұмыс істейді. Бос үй-жайлардың болмауына байланысты осы кабинеттер біріктірілген. Мамандар кабинеттерінде қажетті жабдықтар бар, дидактикалық материалдың 70% -ын педагогтар дайындаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Логопедиялық пунктті жинақтау балаларды тереңдетілген логопедиялық тексеру нәтижелері бойынша жүргізіледі. Балабақшаның логопедиялық жұмысын ұйымдастырудың негізгі формасы сөйлеу кемістігіне байланысты балалармен кіші топтық және жеке сабақтар болып табылады. 25 бала логопунктке барады. Психикалық денсаулық физикалық денсаулық сияқты маңызды. Бұл мәселені шешу үшін психологиялық қызмет жұмыс істейді. Жұмыс танымдық және эмоционалдық саланы зерттеу нәтижелері, ата-аналардың, тәрбиешілердің өтініштері бойынша жеке жүргізіледі. Бір жыл ішінде мұғалімдер 14 баламен ерекше білім беру қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеттіліктерімен жұмыс істеді. ЕББҚ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар мектеп жасына дейінгі ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лаларды психологиялық қолдау ЕББҚ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар балаларды қоғамға интеграциялау үшін ең қолайлы жағдайлар жасауға бағытталған және мектеп жасына дейінгі балалардың мінез-құлқының әлеуметтік дағдылары жүйесін, ересектермен және құрдастарымен қарым-қатынастың өнімді формаларын біртіндеп қалыптастыруды қамтамасыз ететін арнайы құзыреттерді игеруге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Болашақта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 2023-2024 жылдары кедергісіз орта құру (тактильді жолдар, қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анаттағы сырғымайтын жабын). ЕББҚ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларды психологиялық-педагогикалық сүйемелдеудің пәндік-кеңістіктік дамыту ортасын байыту үшін жабдықтар сатып алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="004D4417" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="002156CB" w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Кітапхана қоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу-тәрбие процесін қамтамасыз ету үшін балабақшада әдістемелік және балалар әдебиетінің жеткілікті тізімі бар. Жыл сайын жаңа оқу жылына мектепалды даярлық топтарының тәрбиеленушілері үшін оқу-әдістемелік кешендер бөлінеді. Мектепке дейінгі топтардағы балалардың жаңа буынын оқулықтармен қамтамасыз ету 100% құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1744"/>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="1989"/>
+        <w:gridCol w:w="2357"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1363"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002156CB" w:rsidTr="002156CB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRPr="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ітаптардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRPr="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRPr="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әдебиет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRPr="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нықтамалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>энциклопедиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әдебиеттер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRPr="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRPr="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002156CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӘК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002156CB" w:rsidTr="002156CB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>511</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қор жыл сайын оқу-әдістемелік және көркем әдебиеттермен жаңартылып отырады, сондай-ақ өз қаражаты үшін мерзімді басылымдарға қосымша жазылу жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002156CB" w:rsidRDefault="002156CB" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002156CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">        </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Бірақ, кітапхана қоры балалар үшін де, педагогтар үшін де анықтамалық және энциклопедиялық әдебиеттермен жеткіліксіз деңгейде қамтамасыз етілген. Мемлекеттік тілде әдістемелік әдебиеттер жеткіліксіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRDefault="000247C0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRDefault="004D4417" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-567" w:firstLine="0"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөлім</w:t>
+      </w:r>
+      <w:r w:rsidR="000247C0" w:rsidRPr="000247C0">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім беру процесіне қатысушылардың сауалнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRPr="000247C0" w:rsidRDefault="000247C0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000247C0">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>126</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000247C0">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000247C0">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Центр эстетического развития</w:t>
-[...2072 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:t>сауалнамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRDefault="000247C0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="-207" w:firstLine="349"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000247C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру қызметін бағалау мақсатында «А» және «Б» мектепалды топтарының тәрбиешілері ата-аналарымен сауалнама жүргізді. Сауалнамаға 125 ата-ана қатысты, бұл мектепалды топтардың ата-аналарының жалпы санының 100% -ын құрайды. Сауалнама жүргізу алдында топтың ата-аналарымен түсіндіру жұмыстары жүргізілді. Сауалнаманы ата-аналар өз қолымен толтырды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRDefault="000247C0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="-207" w:firstLine="349"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000247C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сауалнама жүргізілген талдау ата-аналардың балалардың дағдыларының қалыптасу деңгейіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қанағаттанғандығын, бұл Мектепке дейінгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000247C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбие мен оқытудың мемлекеттік жалпы білім беру стандарт талаптарына сәйкес келетіндігін көрсетті. Ата-аналардың көпшілігі балалардың оқудағы табыстары туралы ақпаратқа ие. «Келісемін» және «толық келісемін» деген жауаптар ең көп пайызды құрайды - 97%. Сонымен қатар, ата-аналар ұсынылған кейбір сұрақтарға жауап беруге қиындық көрді, бұл - 2%, жауаптар - «келіспеймін» l%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRDefault="000247C0" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="-207" w:firstLine="349"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000247C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналардың пікірінше, тәрбиеленушілер коммуникативтік-тілдік, танымдық және шығармашылық дағдыларда қиындықтарға тап болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+        <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтар сауалнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-142" w:firstLine="284"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімдердің қанағаттану деңгейі-бақыланатын маңызды көрсеткіш. Адамдардың жұмыс істеуді қаншалықты ұнататыны олардың іс-әрекеттерінің сапасы мен еңбек нәтижелеріне әсер етеді. Педагогтерде сапалы оқыту үшін жағдай жасауға қанағаттану деңгейін анықтау мақсатында 34 педагогпен (тәрбиешілер, мамандар) сауалнама жүргізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-142" w:firstLine="284"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы педагогтар жасалған жағдайларға қанағаттанған, бұл қанағаттанудың жоғары деңгейіне сәйкес келеді (84%). Жоғары бағалау кезінде кейбір үй-жайлардың бірігуі, бұл оқу-тәрбие процесін ұйымдастыру кезінде қиындықтар тудырады. Сондай-ақ, ұстаздар балабақшаны басқару бірлік пен алқалылық қағидаттарының үйлесімі негізінде жүзеге асырылатынын атап өтті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-142" w:firstLine="284"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRPr="00DF0CAF" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-142" w:firstLine="284"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзін-өзі бағалау нәтижелері бойынша қорытындылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="-142" w:firstLine="284"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Талдамалық материалдар негізінде </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...9442 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балабақшаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау жөніндегі комиссия мынадай қорытындыға келді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRPr="00DF0CAF" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...423 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақшада мектеп жасына дейінгі балаларды тәрбиелеу және оқыту үшін қолайлы жағдай, оқу-тәрбие процесін ұйымдастыру МЖМБС-ға сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRDefault="00DF0CAF" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...522 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0CAF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог кадрларды қайта даярлау жоспары бар, жоспарлы аттестаттаудан өту кестесі жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0CAF" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="160"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Сведения о здании КГКП «Ясли - сад № </w:t>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пәндік-кеңістіктік; балалардың әртүрлі қызмет түрлеріндегі танымдық дамуы мен белсенділігін ынталандыратын, баланың үйлесімді дамуына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...3989 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ықпал ететін дамушы орта ҚР ББМЖС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0023066A" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...306 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі мекеменің қажетті оқу-педагогикалық әлеуеті бар, білім беру саласындағы нормативтік құжаттарға сәйкес оқу-тәрбие процесін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жүзеге асыру үшін жеткілікті оқу-материалдық базасы бар. оқу-тәрбие процесін жүзеге асыру үшін жағдайлар жасалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0023066A" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...411 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық білім беру салалары бойынша бағдарламалық материалдың нормалары орындалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0023066A" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...95 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көркемдік-эстетикалық білім беру бойынша жұмыс жетілдірілуде, барлық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вариативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компоненттер бойынша бағдарламалар әзірленді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE6955" w:rsidRPr="00E82610" w:rsidRDefault="00AE6955" w:rsidP="00923D18">
-[...127 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="0023066A" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="727" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0023066A" w:rsidRPr="0023066A" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="727" w:hanging="585"/>
+        <w:rPr>
           <w:b/>
-          <w:i/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
           <w:b/>
-          <w:i/>
-[...286 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірақ, сонымен бірге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0023066A" w:rsidRPr="00DF0CAF" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір баланың жеке басын есепке алуға бағытталған денсаулық сақтайтын технологиялар мен әдістемелерді жетілдіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ойын, жаттығу және оқу элементтерін біріктіре отырып, әр түрлі іс-шараларда балалардың қозғалыс белсенділігі режимін ұйымдастырудың әртүрлі формаларын қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>олдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00180FD4" w:rsidRPr="006E156D" w:rsidSect="006B44E1">
+    <w:p w:rsidR="0023066A" w:rsidRDefault="0023066A" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023066A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналардың сауалнамасын талдауға сүйене отырып, мектеп жасына дейінгі балалардың дыбыстық мәдениеті мен үйлесімді сөйлеуінің дамуын ынталандыратын әдістер мен әдістерді жетілдіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0023066A" w:rsidRDefault="00F70CCC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70CCC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Түзету-дамыту жұмысы үшін оңтайлы құралдар мен әдістерді кеңінен таңдауды қамтамасыз ететін тиімді педагогикалық технологияларды пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F70CCC" w:rsidRDefault="00F70CCC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70CCC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Облыстық, республикалық, халықаралық іс-шараларға қатысу арқылы педагогтардың кәсіби деңгейін арттыру бойынша әдістемелік қызмет жұмысын жалғастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F70CCC" w:rsidRDefault="00F70CCC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F70CCC" w:rsidRPr="0023066A" w:rsidRDefault="00F70CCC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:left="142" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000247C0" w:rsidRPr="00F70CCC" w:rsidRDefault="00F70CCC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:hanging="923"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70CCC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру ұйымының басшысы _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F70CCC" w:rsidRPr="00F70CCC" w:rsidRDefault="00F70CCC" w:rsidP="00373E79">
+      <w:pPr>
+        <w:ind w:hanging="923"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      Рысай О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F70CCC" w:rsidRPr="00F70CCC" w:rsidSect="00C15DAF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="964" w:right="1077" w:bottom="964" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
-[...5 lines deleted...]
-      </w:pgBorders>
+      <w:pgMar w:top="851" w:right="567" w:bottom="567" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...28 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0712779A"/>
+    <w:nsid w:val="17EA2F01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="981C0CE8"/>
-    <w:lvl w:ilvl="0" w:tplc="ECB0D8E0">
+    <w:tmpl w:val="E7D6C160"/>
+    <w:lvl w:ilvl="0" w:tplc="0E8EAC5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="-207" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="513" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1233" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1953" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2673" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3393" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4113" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4833" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5553" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="5AC75389"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF1EFEF2"/>
+    <w:lvl w:ilvl="0" w:tplc="C6064ED6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="727" w:hanging="585"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="1942" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2662" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3382" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4102" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="09DD13BE"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="5F807838"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="35C6775C"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="7AC0B4C8"/>
+    <w:lvl w:ilvl="0" w:tplc="B6BA7316">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2220" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4380" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...559 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6540" w:hanging="180"/>
-      </w:pPr>
-[...1407 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="17"/>
-[...40 lines deleted...]
-  <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
-[...17 lines deleted...]
-  <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="709"/>
-  <w:autoHyphenation/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AC0772"/>
-[...591 lines deleted...]
-    <w:rsid w:val="00FF476F"/>
+    <w:rsidRoot w:val="0078124E"/>
+    <w:rsid w:val="000247C0"/>
+    <w:rsid w:val="000D4E57"/>
+    <w:rsid w:val="000D75A0"/>
+    <w:rsid w:val="001A1BE7"/>
+    <w:rsid w:val="001F7518"/>
+    <w:rsid w:val="002156CB"/>
+    <w:rsid w:val="0023066A"/>
+    <w:rsid w:val="00236914"/>
+    <w:rsid w:val="002E353A"/>
+    <w:rsid w:val="00324FF8"/>
+    <w:rsid w:val="00373E79"/>
+    <w:rsid w:val="003C11FC"/>
+    <w:rsid w:val="003E4AB8"/>
+    <w:rsid w:val="00407C02"/>
+    <w:rsid w:val="004D4417"/>
+    <w:rsid w:val="0056159C"/>
+    <w:rsid w:val="0064504A"/>
+    <w:rsid w:val="00677A96"/>
+    <w:rsid w:val="0077534A"/>
+    <w:rsid w:val="0078124E"/>
+    <w:rsid w:val="008C5AD3"/>
+    <w:rsid w:val="009429F3"/>
+    <w:rsid w:val="0097021C"/>
+    <w:rsid w:val="009A5880"/>
+    <w:rsid w:val="009D275B"/>
+    <w:rsid w:val="00A9383B"/>
+    <w:rsid w:val="00C15DAF"/>
+    <w:rsid w:val="00C323D2"/>
+    <w:rsid w:val="00DF0CAF"/>
+    <w:rsid w:val="00F51048"/>
+    <w:rsid w:val="00F70CCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Text" w:uiPriority="0"/>
-    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -22661,1016 +14283,578 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC25BF"/>
+    <w:rsid w:val="00C15DAF"/>
+    <w:pPr>
+      <w:spacing w:after="17" w:line="253" w:lineRule="auto"/>
+      <w:ind w:left="1065" w:firstLine="1265"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="50"/>
+      <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00DC6BE7"/>
+    <w:rsid w:val="00C15DAF"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="775" w:hanging="10"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="56"/>
+      <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C15DAF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="56"/>
+      <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...3 lines deleted...]
-    <w:uiPriority w:val="34"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00870C86"/>
+    <w:rsid w:val="00C15DAF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:ind w:left="1065" w:firstLine="1265"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="50"/>
+      <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...42 lines deleted...]
-    <w:name w:val="Light Grid Accent 2"/>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="62"/>
-    <w:rsid w:val="00870C86"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="002E353A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblStyleRowBandSize w:val="1"/>
-[...248 lines deleted...]
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097021C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009D275B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009D275B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C15DAF"/>
+    <w:pPr>
+      <w:spacing w:after="17" w:line="253" w:lineRule="auto"/>
+      <w:ind w:left="1065" w:firstLine="1265"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="50"/>
+      <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C15DAF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="775" w:hanging="10"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="56"/>
+      <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-[...2 lines deleted...]
-    <w:link w:val="af"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF3A2C"/>
-[...179 lines deleted...]
-    <w:rsid w:val="003A407C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DC6BE7"/>
+    <w:rsid w:val="00C15DAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="56"/>
       <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...3 lines deleted...]
-    <w:uiPriority w:val="34"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:locked/>
-    <w:rsid w:val="00E730CF"/>
+    <w:rsid w:val="00C15DAF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1065" w:firstLine="1265"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="50"/>
       <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
-[...1 lines deleted...]
-    <w:rsid w:val="00944A99"/>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="002E353A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
-      <w:tblCellMar>
-[...35 lines deleted...]
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="12">
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097021C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="11">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="ad"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00292D98"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009D275B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c7">
-[...13 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="23">
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
     <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="ad"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00106169"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009D275B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...128 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...79 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sad126@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23914,87 +15098,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>21408</Characters>
+  <Pages>14</Pages>
+  <Words>3610</Words>
+  <Characters>20579</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>178</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>office 2007 rus ent:</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25113</CharactersWithSpaces>
+  <CharactersWithSpaces>24141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Admin</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>PC</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>