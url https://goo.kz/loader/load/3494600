--- v0 (2025-12-05)
+++ v1 (2026-01-14)
@@ -1,338 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="70449508" w14:textId="77777777" w:rsidR="00232656" w:rsidRDefault="00232656" w:rsidP="00EC2E9D"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="1DAEB4B4" w14:textId="361595F4" w:rsidR="00713C1D" w:rsidRPr="00696FBD" w:rsidRDefault="00232656" w:rsidP="00232656">
+    <w:p w14:paraId="32D4B14B" w14:textId="77777777" w:rsidR="00BB3C9C" w:rsidRPr="00BB3C9C" w:rsidRDefault="00BB3C9C" w:rsidP="00475149">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA3623">
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім  беру бөлімінің «Павлодар қаласының № 3 сәбилер бақшасы-Мектепке дейінгі экоцентр орталығы» коммуналдық мемлекеттік қазыналы кәсіпорны</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00297510">
+        <w:t xml:space="preserve">Итоги конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A26B94" w14:textId="183BF60A" w:rsidR="00F43B13" w:rsidRPr="00475149" w:rsidRDefault="00475149" w:rsidP="00475149">
+      <w:r w:rsidRPr="00475149">
+        <w:t xml:space="preserve">Конкурс  на вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00740FA6">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">нда </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00232875" w:rsidRPr="00696FBD">
+        <w:t xml:space="preserve">инструктора по физической культуре </w:t>
+      </w:r>
+      <w:r w:rsidR="004429C9">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00026E25">
+        <w:t xml:space="preserve">с казахским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00475149">
+        <w:t xml:space="preserve">  языком обучения в Коммунальном государственном казенном предприятии  «Ясли-сад № 3 города Павлодара-Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области от </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2F28" w:rsidRPr="008E2F28">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6410">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2F28" w:rsidRPr="008E2F28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6410">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сентября</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2F28">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00475149">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2F28">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00232875" w:rsidRPr="00696FBD">
-[...111 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00475149">
+        <w:t xml:space="preserve">  года не состоялся в связи с отсутствием кандидата.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52570FF7" w14:textId="77777777" w:rsidR="00232656" w:rsidRPr="00696FBD" w:rsidRDefault="00232656" w:rsidP="00713C1D">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00232656" w:rsidRPr="00696FBD">
+    <w:sectPr w:rsidR="00F43B13" w:rsidRPr="00475149">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="80"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000050D9"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00EC2E9D"/>
+    <w:rsidRoot w:val="000406A4"/>
+    <w:rsid w:val="000406A4"/>
+    <w:rsid w:val="0013224F"/>
+    <w:rsid w:val="004429C9"/>
+    <w:rsid w:val="00475149"/>
+    <w:rsid w:val="0061056B"/>
+    <w:rsid w:val="00740FA6"/>
+    <w:rsid w:val="00813A91"/>
+    <w:rsid w:val="008C6FC8"/>
+    <w:rsid w:val="008E2F28"/>
+    <w:rsid w:val="008F6410"/>
+    <w:rsid w:val="00BB3C9C"/>
+    <w:rsid w:val="00F43B13"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="03F9BA7F"/>
+  <w14:docId w14:val="2B24BD37"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{59EEEE60-EB8B-4416-A4C3-66733EADE8FD}"/>
+  <w15:docId w15:val="{510E0696-A2B6-4562-8FD5-C365299BD8B5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -690,85 +559,85 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0013224F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -999,69 +868,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>63</Words>
-  <Characters>362</Characters>
+  <Words>55</Words>
+  <Characters>317</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>424</CharactersWithSpaces>
+  <CharactersWithSpaces>371</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>