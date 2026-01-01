--- v0 (2025-12-08)
+++ v1 (2026-01-01)
@@ -1,12322 +1,8199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="006F64AE" w:rsidRPr="0038610C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F45004">
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00576026">
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00576026" w:rsidRPr="00576026" w:rsidRDefault="006F64AE" w:rsidP="00576026">
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет  конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003E24DA" w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантную  должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изобразительн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>с государственным языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00F24EA1" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...80 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00576026" w:rsidRPr="00DB58E1" w:rsidTr="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...22 lines deleted...]
-              <w:pStyle w:val="11"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0008185A">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Коммунальном государственном</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казенном предприятии «Дошкольная гимназия №6 города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="0008185A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. Сатпаев көшесі, 241 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-              <w:t>7-63-00</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 67-63-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="0008185A" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0008185A">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId4" w:history="1">
-              <w:r w:rsidRPr="0008185A">
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidRPr="00AD6B45">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="24"/>
-                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sad6@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...36 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0008185A">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> мөлшермен </w:t>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>должност</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>учителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> изобразительн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ой   с государственным языком на 1 ставку</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="00DB58E1" w:rsidTr="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...36 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 92000-130000тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 100000-140000;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="00DB58E1" w:rsidTr="006C7F5D">
-[...7 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-        <w:bookmarkEnd w:id="0"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
-[...7 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00241508" w:rsidRPr="00241508" w:rsidRDefault="00BA5C13" w:rsidP="00241508">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0099674A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0099674A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8.09.23-18.09.2023</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...47 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="00DB58E1" w:rsidTr="00922D52">
-[...7 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0008185A">
-[...188 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...222 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...113 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...200 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...201 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...81 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...121 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...435 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...94 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...43 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0008185A">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00576026" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...45 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...261 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00BB3819" w:rsidP="00BB3819">
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00220AA9" w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00220AA9" w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00220AA9" w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
-[...7 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0008185A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00576026" w:rsidRPr="001B1D8F" w:rsidRDefault="001B1D8F" w:rsidP="00922D52">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="000E5324" w:rsidP="00FB4CED">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Тұрақты </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B45" w:rsidRPr="00AD6B45" w:rsidRDefault="00AD6B45" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...586 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>ос</w:t>
-[...169 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
-[...27 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>№</w:t>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-                <w:b/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...50 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
-[...282 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4097 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003E2AAA">
-[...10 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
-[...19 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
-[...19 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Educational </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
-[...27 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>:</w:t>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:r w:rsidRPr="00AD6B45">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...226 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...163 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2AAA">
-[...14 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+            <w:r w:rsidRPr="00AD6B45">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2AAA">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...102 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...115 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...13 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...70 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...195 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...81 lines deleted...]
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003E2AAA">
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00AD6B45" w:rsidRDefault="000E5324" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...164 lines deleted...]
-      <w:cols w:space="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB13A3" w:rsidRPr="00AD6B45" w:rsidRDefault="00CB13A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CB13A3" w:rsidRPr="00AD6B45" w:rsidSect="00EF1D1B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006F64AE"/>
-[...92 lines deleted...]
-    <w:rsid w:val="00FC4C98"/>
+    <w:rsidRoot w:val="005F36A8"/>
+    <w:rsid w:val="0004410E"/>
+    <w:rsid w:val="0009219B"/>
+    <w:rsid w:val="0009445A"/>
+    <w:rsid w:val="000B67DD"/>
+    <w:rsid w:val="000E5324"/>
+    <w:rsid w:val="001C374E"/>
+    <w:rsid w:val="001C4D8D"/>
+    <w:rsid w:val="002070F3"/>
+    <w:rsid w:val="00220AA9"/>
+    <w:rsid w:val="00230A48"/>
+    <w:rsid w:val="00241508"/>
+    <w:rsid w:val="002A261D"/>
+    <w:rsid w:val="002C3633"/>
+    <w:rsid w:val="003028FF"/>
+    <w:rsid w:val="00376379"/>
+    <w:rsid w:val="003D3E16"/>
+    <w:rsid w:val="003E24DA"/>
+    <w:rsid w:val="003F18E1"/>
+    <w:rsid w:val="00416563"/>
+    <w:rsid w:val="00452E01"/>
+    <w:rsid w:val="004D6E7D"/>
+    <w:rsid w:val="004E3CDC"/>
+    <w:rsid w:val="00563B35"/>
+    <w:rsid w:val="005B6785"/>
+    <w:rsid w:val="005C5ACA"/>
+    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="00650173"/>
+    <w:rsid w:val="00693646"/>
+    <w:rsid w:val="006F3BFD"/>
+    <w:rsid w:val="008B48CE"/>
+    <w:rsid w:val="008C0497"/>
+    <w:rsid w:val="008E7E38"/>
+    <w:rsid w:val="0091151B"/>
+    <w:rsid w:val="00923788"/>
+    <w:rsid w:val="009525E0"/>
+    <w:rsid w:val="0099674A"/>
+    <w:rsid w:val="009C363C"/>
+    <w:rsid w:val="00A41DBB"/>
+    <w:rsid w:val="00A61853"/>
+    <w:rsid w:val="00AD6B45"/>
+    <w:rsid w:val="00B00A50"/>
+    <w:rsid w:val="00B45EA7"/>
+    <w:rsid w:val="00B74145"/>
+    <w:rsid w:val="00B829B4"/>
+    <w:rsid w:val="00BA5C13"/>
+    <w:rsid w:val="00BC6580"/>
+    <w:rsid w:val="00CB13A3"/>
+    <w:rsid w:val="00CE1232"/>
+    <w:rsid w:val="00CF34E2"/>
+    <w:rsid w:val="00D2717E"/>
+    <w:rsid w:val="00D44FC8"/>
+    <w:rsid w:val="00D97EA5"/>
+    <w:rsid w:val="00E043CA"/>
+    <w:rsid w:val="00E76820"/>
+    <w:rsid w:val="00F33865"/>
+    <w:rsid w:val="00F57845"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{120D80AD-F100-43DF-ACA1-C1D53614B623}"/>
+  <w15:docId w15:val="{273AA95B-B7D9-4B52-9FD6-A947F434DFDF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12337,51 +8214,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12646,304 +8523,218 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E206D5"/>
-[...23 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F33865"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...48 lines deleted...]
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00576026"/>
+    <w:rsid w:val="00CE1232"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
-    <w:rsid w:val="0008185A"/>
+    <w:rsid w:val="00CE1232"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1276057120">
-[...12 lines deleted...]
-    <w:div w:id="1609506940">
+    <w:div w:id="1549878366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13190,70 +8981,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1787</Words>
-  <Characters>10191</Characters>
+  <Words>1987</Words>
+  <Characters>11331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11955</CharactersWithSpaces>
+  <CharactersWithSpaces>13292</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>