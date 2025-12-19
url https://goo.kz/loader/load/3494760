--- v0 (2025-12-08)
+++ v1 (2025-12-19)
@@ -1,2982 +1,3460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11165" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="316"/>
         <w:gridCol w:w="1101"/>
         <w:gridCol w:w="4928"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidTr="003B56CE">
+      <w:tr w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidTr="00B03D56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="007D5A9B" w:rsidRDefault="00564D72" w:rsidP="007D5A9B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidRDefault="00564D72" w:rsidP="00564D72">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4928" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidRDefault="00564D72" w:rsidP="00564D72">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidRDefault="00564D72" w:rsidP="00B03D56">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Бекітемін</w:t>
+              </w:rPr>
+              <w:t>«УТВЕРЖДАЮ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidRDefault="00564D72" w:rsidP="00B03D56">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>"Павлодар дарыны»</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>КП «ЦЗ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidRDefault="00564D72" w:rsidP="00B03D56">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">БУҚБДДО  КМҚК басшысы </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар дарыны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidRDefault="00564D72" w:rsidP="00B03D56">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___________ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03D56">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>А.Л.Мухаметжанова</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мухаметжанова А.Л.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00564D72" w:rsidRPr="00B03D56" w:rsidRDefault="006234DE" w:rsidP="00A07DBB">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00564D72" w:rsidRPr="00B03D56">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___»  ______________20</w:t>
+            </w:r>
+            <w:r w:rsidR="00564D72" w:rsidRPr="00B03D56">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001123D3">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00564D72" w:rsidRPr="00B03D56">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00BF3846" w:rsidRPr="00B03D56" w:rsidRDefault="00BF3846" w:rsidP="00015ADC">
+      <w:pPr>
         <w:ind w:left="458"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00265AAF" w:rsidRPr="00B43E48" w:rsidRDefault="00265AAF" w:rsidP="00015ADC">
+      <w:pPr>
         <w:ind w:left="458"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B43E48">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-        <w:t>қалалық жобасының өткізу</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОЛОЖЕНИЕ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00265AAF" w:rsidRDefault="00E009C2" w:rsidP="00015ADC">
+      <w:pPr>
         <w:ind w:left="458"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B43E48">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB037F" w:rsidRPr="00B43E48">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>і</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>роекта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00265AAF" w:rsidRPr="00B43E48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0038493D" w:rsidRPr="00B43E48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Большая перемена </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC776C" w:rsidRPr="00B43E48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="001123D3" w:rsidRPr="00B43E48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00393644" w:rsidRPr="00B43E48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E009C2" w:rsidRPr="00B43E48" w:rsidRDefault="00E009C2" w:rsidP="00015ADC">
+      <w:pPr>
+        <w:ind w:left="458"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB037F" w:rsidRPr="00FB037F" w:rsidRDefault="00FB037F" w:rsidP="00E009C2">
+      <w:pPr>
+        <w:ind w:left="3998" w:firstLine="250"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B43E48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Общее положение.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FB037F" w:rsidRPr="00FB037F" w:rsidRDefault="00FB037F" w:rsidP="00FB037F">
+      <w:pPr>
+        <w:ind w:left="458" w:firstLine="250"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее Положение определяет порядок организации и реализации городского творческого проекта для учащихся 5-9 классов общеобразовательных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>школ города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Положение), порядок участия, цели и задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00265AAF" w:rsidRPr="00FB037F" w:rsidRDefault="00E84BB3" w:rsidP="00E84BB3">
+      <w:pPr>
         <w:ind w:left="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цели и задачи </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E009C2" w:rsidRDefault="00E009C2" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="851" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidR="00023B46" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D222D5" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>творческой</w:t>
+      </w:r>
+      <w:r w:rsidR="0021485D" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самоорганизации, самореализации, самоконтроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD0698" w:rsidRPr="00FB037F" w:rsidRDefault="00E009C2" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детских</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7F16" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллективов</w:t>
+      </w:r>
+      <w:r w:rsidR="0021485D" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E009C2" w:rsidRDefault="0021485D" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="851" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выявление, поддержка и </w:t>
+      </w:r>
+      <w:r w:rsidR="00023B46" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расширение</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллективного сотрудничества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0021485D" w:rsidRPr="00FB037F" w:rsidRDefault="00E009C2" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талантливых детей в процессе </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B53">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>творческого проекта</w:t>
+      </w:r>
+      <w:r w:rsidR="007A0820" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E009C2" w:rsidRDefault="007A0820" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="851" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00172E40" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание открытого социальног</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о пространства для формирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E009C2" w:rsidRDefault="00E009C2" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">всесторонних потребностей детей </w:t>
+      </w:r>
+      <w:r w:rsidR="006C50A7" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и подростков </w:t>
+      </w:r>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через систему </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0032414C" w:rsidRDefault="00E009C2" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00292F14" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E84BB3" w:rsidRDefault="00E009C2" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E84BB3">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E84BB3">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Участники</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B53">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073DE0" w:rsidRDefault="00BB1A60" w:rsidP="00E84BB3">
+      <w:pPr>
+        <w:ind w:left="426" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="008B1F3B" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ченически</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7C39" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="008B1F3B" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллектив</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2747" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA43EC" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> параллелей </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22D62" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00265AAF" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22D62" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA43EC" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов </w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  призеры</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2747" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общешкольных аналогичных </w:t>
+      </w:r>
+      <w:r w:rsidR="00A17EA8" w:rsidRPr="00FB037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>смотров-конкурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E009C2" w:rsidRDefault="00E009C2" w:rsidP="00E84BB3">
+      <w:pPr>
+        <w:ind w:left="426" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA7B53" w:rsidRDefault="00E009C2" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E84BB3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E84BB3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Состав жюри</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B53">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E90E4D" w:rsidRDefault="00FA7B53" w:rsidP="00FA7B53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для организации и проведения конкурса создается оргкомитет</w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оргкомитет определяет порядок и сроки проведения конкурса; формирует состав жюри; анализирует и подводит итоги конкурса; определяет </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классные коллективы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E84BB3" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, участвующих в следующих этапах.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В состав жюр</w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и войдут </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представители городского отдела образования, Совета ветеранов педагогическог</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о труда, родительского</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комитета</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, внешкольных учреждений и других заинтересованных структур.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="0030679A" w:rsidRPr="00E90E4D" w:rsidRDefault="0030679A" w:rsidP="00FA7B53">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="6331"/>
+          <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E90E4D" w:rsidRDefault="00E009C2" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...237 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...102 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Үлкен үзіліс - 2024» қалалық жобасының  жоспары</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00344BD2" w:rsidRPr="00344BD2" w:rsidRDefault="001123D3" w:rsidP="00344BD2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проект «Большая перемена – 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E4D" w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» будет проходить в течение всего учебного года. Проект состоит из 7 этапов. </w:t>
+      </w:r>
+      <w:r w:rsidR="00110B7D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>От школы участвует один класс (</w:t>
+      </w:r>
+      <w:r w:rsidR="00110B7D" w:rsidRPr="00DA58FC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>одна команда</w:t>
+      </w:r>
+      <w:r w:rsidR="00110B7D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E90E4D" w:rsidRDefault="00E90E4D" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На каждом этапе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классные коллективы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с низкими баллами выбывают из проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A42B9F" w:rsidRDefault="00A42B9F" w:rsidP="00B814C7">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E009C2" w:rsidRDefault="00F13DE2" w:rsidP="0030679A">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План </w:t>
+      </w:r>
+      <w:r w:rsidR="00E009C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сетка этапов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B814C7" w:rsidRPr="00B814C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  городского проекта «Большая перемена - 2024»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10173" w:type="dxa"/>
+        <w:tblW w:w="10349" w:type="dxa"/>
+        <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="4536"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidTr="003B56CE">
+      <w:tr w:rsidR="00E90E4D" w:rsidRPr="009406AC" w:rsidTr="007F42E8">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00AE1E31" w:rsidRDefault="00E90E4D" w:rsidP="003D56A2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00AE1E31">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00AE1E31" w:rsidRDefault="00E90E4D" w:rsidP="003D56A2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Іс - шара</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00AE1E31" w:rsidRDefault="00E90E4D" w:rsidP="003D56A2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Өткізу түрі</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00AE1E31" w:rsidRDefault="00E90E4D" w:rsidP="003D56A2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Іске асыру мерзімі</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidTr="003B56CE">
+      <w:tr w:rsidR="00E90E4D" w:rsidRPr="00B43E48" w:rsidTr="00E009C2">
         <w:trPr>
-          <w:trHeight w:val="660"/>
+          <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00B43E48" w:rsidRDefault="00E90E4D" w:rsidP="003D56A2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00B43E48" w:rsidRDefault="00E90E4D" w:rsidP="00E90E4D">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="159"/>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Спорттық эстафета «А у нас спортивный класс»</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Спортивная </w:t>
+            </w:r>
+            <w:r w:rsidR="00942C29">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>эстафета «А у нас спортивный класс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00B43E48" w:rsidRDefault="00E90E4D" w:rsidP="00E009C2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t>Спорттық және сауықтыру кезеңдері</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Спортивно – оздоровительные туры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00E90E4D" w:rsidRPr="00B43E48" w:rsidRDefault="00DA0BDC" w:rsidP="00FA7B53">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t>Қазан 2023 ж.</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+            <w:r w:rsidR="005525E0" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00E009C2">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00E90E4D" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA0A0E" w:rsidRPr="00B43E48" w:rsidRDefault="004008EC" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0A0E" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>флайн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidTr="003B56CE">
+      <w:tr w:rsidR="009D680D" w:rsidRPr="00B43E48" w:rsidTr="00E009C2">
+        <w:trPr>
+          <w:trHeight w:val="1410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D680D" w:rsidRPr="00B43E48" w:rsidRDefault="003641FE" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D680D" w:rsidRPr="00B43E48" w:rsidRDefault="008911C5" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:ind w:hanging="159"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0071063D" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сохраним природу классом!</w:t>
+            </w:r>
+            <w:r w:rsidR="0071063D" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA58FC" w:rsidRPr="00E009C2" w:rsidRDefault="00E009C2" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Видео репортаж (э</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кол</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2258" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гический десант)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve"> Участники конкурса могут представлять работы,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:t>(ви</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF492A" w:rsidRPr="00B43E48">
+              <w:t>де</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:t>оролики)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve"> которые посвяща</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ются проблемам экологии                                           и охраны</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve"> природы</w:t>
+            </w:r>
+            <w:r w:rsidR="004008EC" w:rsidRPr="00B43E48">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00FA7B53" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Онлайн</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F42E8" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ноябрь 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00E009C2">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F42E8" w:rsidRPr="00B43E48" w:rsidTr="00FA7B53">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F42E8" w:rsidRPr="00B43E48" w:rsidRDefault="003641FE" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F42E8" w:rsidRPr="00B43E48" w:rsidRDefault="0071063D" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1112" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А вот и мы!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F42E8" w:rsidRPr="00B43E48" w:rsidRDefault="00FD5A5E" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Знакомство со своим классом</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1B00" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, кла</w:t>
+            </w:r>
+            <w:r w:rsidR="004008EC" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1B00" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сным руководителем.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1B00" w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve"> Интересно представить </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1B00" w:rsidRPr="00B43E48">
+              <w:lastRenderedPageBreak/>
+              <w:t>классного руководителя</w:t>
+            </w:r>
+            <w:r w:rsidR="004008EC" w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve"> и свой класс</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1B00" w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve">. Родители могут помочь </w:t>
+            </w:r>
+            <w:r w:rsidR="00E009C2">
+              <w:t xml:space="preserve">подготовиться </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:t xml:space="preserve">                                                                    </w:t>
+            </w:r>
+            <w:r w:rsidR="00E009C2">
+              <w:t>к этому конкурс</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC5DA6">
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="00301D95">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F42E8" w:rsidRPr="00B43E48" w:rsidRDefault="006C756E" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Декабрь 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00E009C2">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00E009C2">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD5A5E" w:rsidRPr="00B43E48" w:rsidRDefault="00FD5A5E" w:rsidP="00E009C2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Офлайн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidTr="001E218A">
         <w:trPr>
           <w:trHeight w:val="992"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="003641FE" w:rsidP="003D56A2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="0071063D" w:rsidP="001E218A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="159"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> «Біз табиғатты  қорғаймыз!»</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00E30859" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Менің арманымдағы мектеп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...29 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve">Участники смогут предложить свои идеи, как сделать образование более интересным, используя современные игровые и цифровые технологии </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r w:rsidR="0030679A">
+              <w:t>и подходы</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0030679A">
+              <w:t>(п</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6003B" w:rsidRPr="00B43E48">
+              <w:t>оказ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34D4B" w:rsidRPr="00B43E48">
+              <w:t xml:space="preserve"> и защита</w:t>
+            </w:r>
+            <w:r w:rsidR="0030679A">
+              <w:t xml:space="preserve"> презентаций</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34D4B" w:rsidRPr="00B43E48">
+              <w:t>, макетов</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6003B" w:rsidRPr="00B43E48">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34D4B" w:rsidRPr="00B43E48">
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t>Қараша 2023 ж.</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь </w:t>
+            </w:r>
+            <w:r w:rsidR="006C756E" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C756E" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00A6003B" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Офлайн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidTr="003B56CE">
+      <w:tr w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidTr="00FA7B53">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="003641FE" w:rsidP="003D56A2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> «Ал енді танысайық !»</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Театральная постановка  </w:t>
+            </w:r>
+            <w:r w:rsidR="0072143B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мектеп өмірінің қызықтары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Совместный творческий конкурс родителей и детей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+            <w:r w:rsidR="006C756E" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C756E" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Офлайн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidTr="00FA7B53">
+        <w:trPr>
+          <w:trHeight w:val="106"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="003641FE" w:rsidP="003D56A2">
+            <w:pPr>
+              <w:ind w:left="64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:ind w:left="64"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Доброта в нас и вокруг нас»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:ind w:left="64"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отчет добрых дел, совершенных </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в течение учебного года.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Март </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(в течение года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidTr="00FA7B53">
+        <w:trPr>
+          <w:trHeight w:val="106"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="003D56A2">
+            <w:pPr>
+              <w:ind w:left="64"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Концертная программа  </w:t>
+            </w:r>
+            <w:r w:rsidR="0097120F" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Біздің сынып өзгеше»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:ind w:left="64"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:t>Каждая команда класса организует мероприятие в своей школе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Апрель 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidTr="00FA7B53">
+        <w:trPr>
+          <w:trHeight w:val="106"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="003D56A2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Финал.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="0030679A" w:rsidP="00EC5DA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...30 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торжественное</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC5DA6">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">награждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC5DA6">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>победите</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лей и призеров </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>городского проекта  «Большая перемена</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2258" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...131 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="000D2258" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA04AF" w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
+          <w:p w:rsidR="00BA04AF" w:rsidRPr="00B43E48" w:rsidRDefault="00BA04AF" w:rsidP="00FA7B53">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF5A60">
-[...168 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7B53">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...732 lines deleted...]
-              <w:t>Мамыр 2024ж.</w:t>
+            <w:r w:rsidRPr="00B43E48">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E90E4D" w:rsidRPr="00B43E48" w:rsidRDefault="00E90E4D" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7E0D" w:rsidRPr="007C7E0D" w:rsidRDefault="007C7E0D" w:rsidP="007C7E0D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="458"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:t>. Подведение итогов</w:t>
+      </w:r>
+      <w:r w:rsidR="0030679A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FA7B53" w:rsidRDefault="007C7E0D" w:rsidP="0030679A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="708" w:firstLine="250"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>По итогам городского конкурса «Большая перемена - 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003B53D5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B53">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>» будут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C7E0D" w:rsidRPr="007C7E0D" w:rsidRDefault="007C7E0D" w:rsidP="0030679A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>определены финалисты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA7B53" w:rsidRDefault="007C7E0D" w:rsidP="0030679A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="458"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Классные коллективы, занявшие в фина</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B53">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>ле призовые места, награждаются</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C7E0D" w:rsidRPr="007C7E0D" w:rsidRDefault="007C7E0D" w:rsidP="0030679A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">переходящим Кубком </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  дипломами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7E0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00E90E4D" w:rsidRPr="007C7E0D" w:rsidRDefault="00E90E4D" w:rsidP="007C7E0D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E90E4D" w:rsidRDefault="00E90E4D" w:rsidP="007C7E0D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E90E4D" w:rsidRDefault="00E90E4D" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E90E4D" w:rsidRDefault="00E90E4D" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E90E4D" w:rsidRDefault="00E90E4D" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002868FA" w:rsidRDefault="002868FA" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002868FA" w:rsidRDefault="002868FA" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002868FA" w:rsidRDefault="002868FA" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C3311" w:rsidRDefault="002C3311" w:rsidP="00E90E4D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00276A02" w:rsidRDefault="00276A02" w:rsidP="0068141A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:ind w:left="458"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...88 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00276A02" w:rsidRDefault="00276A02" w:rsidP="0068141A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:ind w:left="458"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF5A60" w:rsidRPr="00AF5A60" w:rsidRDefault="00AF5A60" w:rsidP="00AF5A60">
-[...330 lines deleted...]
-    <w:sectPr w:rsidR="004451E1" w:rsidRPr="00AF5A60" w:rsidSect="00AF5A60">
+    <w:sectPr w:rsidR="00276A02" w:rsidSect="0068141A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="1DD81E75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD648016"/>
+    <w:lvl w:ilvl="0" w:tplc="52B438DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:b w:val="0"/>
+        <w:color w:val="010101"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="206D2E11"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35DA494E"/>
+    <w:lvl w:ilvl="0" w:tplc="6310BA50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1538" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2258" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2978" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3698" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4418" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5138" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5858" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6578" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="21781EC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99EA5280"/>
     <w:lvl w:ilvl="0" w:tplc="F2460358">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2073" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3021,51 +3499,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5673" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6393" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7113" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="281566CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE583CE6"/>
+    <w:lvl w:ilvl="0" w:tplc="02CA70FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="341E1ABE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33AE2088"/>
     <w:lvl w:ilvl="0" w:tplc="B2D40CE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3110,51 +3677,253 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="3CD61288"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5252942C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1886" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2606" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3326" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4046" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4766" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5486" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6206" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7646" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="5A0118E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A543908"/>
+    <w:lvl w:ilvl="0" w:tplc="24A41310">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="68D87A99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A543908"/>
     <w:lvl w:ilvl="0" w:tplc="24A41310">
       <w:start w:val="3"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3200,150 +3969,707 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="116"/>
+  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BE1E39"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BE1E39"/>
+    <w:rsidRoot w:val="00265AAF"/>
+    <w:rsid w:val="00002338"/>
+    <w:rsid w:val="00003B24"/>
+    <w:rsid w:val="00010D09"/>
+    <w:rsid w:val="00014D9A"/>
+    <w:rsid w:val="00015ADC"/>
+    <w:rsid w:val="00016C33"/>
+    <w:rsid w:val="00023B46"/>
+    <w:rsid w:val="00030A78"/>
+    <w:rsid w:val="000349E6"/>
+    <w:rsid w:val="00040C5E"/>
+    <w:rsid w:val="000434CF"/>
+    <w:rsid w:val="00046B6B"/>
+    <w:rsid w:val="00047A08"/>
+    <w:rsid w:val="000661A2"/>
+    <w:rsid w:val="000721F3"/>
+    <w:rsid w:val="00073636"/>
+    <w:rsid w:val="00073DE0"/>
+    <w:rsid w:val="00075FA9"/>
+    <w:rsid w:val="00076C5C"/>
+    <w:rsid w:val="00081D22"/>
+    <w:rsid w:val="000847AD"/>
+    <w:rsid w:val="0009376C"/>
+    <w:rsid w:val="00096B57"/>
+    <w:rsid w:val="00097BB5"/>
+    <w:rsid w:val="000A14EC"/>
+    <w:rsid w:val="000B70AA"/>
+    <w:rsid w:val="000C2573"/>
+    <w:rsid w:val="000C4E68"/>
+    <w:rsid w:val="000D2258"/>
+    <w:rsid w:val="000D662F"/>
+    <w:rsid w:val="000E277F"/>
+    <w:rsid w:val="0010291F"/>
+    <w:rsid w:val="00104E36"/>
+    <w:rsid w:val="0010748C"/>
+    <w:rsid w:val="00110B7D"/>
+    <w:rsid w:val="001123D3"/>
+    <w:rsid w:val="0011355D"/>
+    <w:rsid w:val="001229EB"/>
+    <w:rsid w:val="00122A04"/>
+    <w:rsid w:val="00132113"/>
+    <w:rsid w:val="00133E8F"/>
+    <w:rsid w:val="0013750A"/>
+    <w:rsid w:val="00143E49"/>
+    <w:rsid w:val="001464BF"/>
+    <w:rsid w:val="00151A25"/>
+    <w:rsid w:val="001562E0"/>
+    <w:rsid w:val="00167B08"/>
+    <w:rsid w:val="001703A7"/>
+    <w:rsid w:val="00172E40"/>
+    <w:rsid w:val="001736BA"/>
+    <w:rsid w:val="00182EF5"/>
+    <w:rsid w:val="001848A9"/>
+    <w:rsid w:val="00190F06"/>
+    <w:rsid w:val="001B03BC"/>
+    <w:rsid w:val="001B38DB"/>
+    <w:rsid w:val="001C2D91"/>
+    <w:rsid w:val="001C6812"/>
+    <w:rsid w:val="001D2937"/>
+    <w:rsid w:val="001D2DDD"/>
+    <w:rsid w:val="001D3C1D"/>
+    <w:rsid w:val="001D3E29"/>
+    <w:rsid w:val="001E1EF0"/>
+    <w:rsid w:val="001E218A"/>
+    <w:rsid w:val="001F02DE"/>
+    <w:rsid w:val="001F1FF1"/>
+    <w:rsid w:val="001F57D6"/>
+    <w:rsid w:val="00200EB8"/>
+    <w:rsid w:val="00204533"/>
+    <w:rsid w:val="0021485D"/>
+    <w:rsid w:val="00220DEA"/>
+    <w:rsid w:val="00225812"/>
+    <w:rsid w:val="00227274"/>
+    <w:rsid w:val="002364F0"/>
+    <w:rsid w:val="0025005F"/>
+    <w:rsid w:val="0025330D"/>
+    <w:rsid w:val="002570ED"/>
+    <w:rsid w:val="00264C71"/>
+    <w:rsid w:val="00265AAF"/>
+    <w:rsid w:val="00267546"/>
+    <w:rsid w:val="00271440"/>
+    <w:rsid w:val="00271DA2"/>
+    <w:rsid w:val="00273EE9"/>
+    <w:rsid w:val="00275E41"/>
+    <w:rsid w:val="00276A02"/>
+    <w:rsid w:val="00277028"/>
+    <w:rsid w:val="00285212"/>
+    <w:rsid w:val="002868FA"/>
+    <w:rsid w:val="00292F14"/>
+    <w:rsid w:val="002A1211"/>
+    <w:rsid w:val="002B18AA"/>
+    <w:rsid w:val="002B3591"/>
+    <w:rsid w:val="002B6F38"/>
+    <w:rsid w:val="002C3311"/>
+    <w:rsid w:val="002C356F"/>
+    <w:rsid w:val="002C4990"/>
+    <w:rsid w:val="002E009C"/>
+    <w:rsid w:val="002F4E70"/>
+    <w:rsid w:val="002F5C26"/>
+    <w:rsid w:val="002F74A3"/>
+    <w:rsid w:val="00301D95"/>
+    <w:rsid w:val="0030679A"/>
+    <w:rsid w:val="00310689"/>
+    <w:rsid w:val="00310A46"/>
+    <w:rsid w:val="00320F7A"/>
+    <w:rsid w:val="0032414C"/>
+    <w:rsid w:val="00332B36"/>
+    <w:rsid w:val="0033330F"/>
+    <w:rsid w:val="003341BB"/>
+    <w:rsid w:val="003345BF"/>
+    <w:rsid w:val="0033682F"/>
+    <w:rsid w:val="00344BD2"/>
+    <w:rsid w:val="00355966"/>
+    <w:rsid w:val="00360340"/>
+    <w:rsid w:val="0036217C"/>
+    <w:rsid w:val="003641FE"/>
+    <w:rsid w:val="0037126C"/>
+    <w:rsid w:val="003740AA"/>
+    <w:rsid w:val="003778E6"/>
+    <w:rsid w:val="003810B8"/>
+    <w:rsid w:val="003823E3"/>
+    <w:rsid w:val="0038493D"/>
+    <w:rsid w:val="00393644"/>
+    <w:rsid w:val="00395F14"/>
+    <w:rsid w:val="003B0492"/>
+    <w:rsid w:val="003B36C6"/>
+    <w:rsid w:val="003B39FB"/>
+    <w:rsid w:val="003B53D5"/>
+    <w:rsid w:val="003B5A0F"/>
+    <w:rsid w:val="003C58F3"/>
+    <w:rsid w:val="003C75D0"/>
+    <w:rsid w:val="003D4E6E"/>
+    <w:rsid w:val="003E1500"/>
+    <w:rsid w:val="003E2ABB"/>
+    <w:rsid w:val="003E3ACE"/>
+    <w:rsid w:val="003E5149"/>
+    <w:rsid w:val="003E7AA4"/>
+    <w:rsid w:val="003F7516"/>
+    <w:rsid w:val="004008EC"/>
+    <w:rsid w:val="00401389"/>
+    <w:rsid w:val="004018B0"/>
+    <w:rsid w:val="00410676"/>
+    <w:rsid w:val="004119FE"/>
+    <w:rsid w:val="00414183"/>
+    <w:rsid w:val="004174A4"/>
+    <w:rsid w:val="0042305E"/>
+    <w:rsid w:val="0042665B"/>
+    <w:rsid w:val="00437E04"/>
+    <w:rsid w:val="00450A5F"/>
+    <w:rsid w:val="00452846"/>
+    <w:rsid w:val="00457DEC"/>
+    <w:rsid w:val="00463D6F"/>
+    <w:rsid w:val="00463FCA"/>
+    <w:rsid w:val="00470623"/>
+    <w:rsid w:val="00470762"/>
+    <w:rsid w:val="00475545"/>
+    <w:rsid w:val="00480B1A"/>
+    <w:rsid w:val="00481F26"/>
+    <w:rsid w:val="00483775"/>
+    <w:rsid w:val="004B06D9"/>
+    <w:rsid w:val="004B2803"/>
+    <w:rsid w:val="004B7222"/>
+    <w:rsid w:val="004B762B"/>
+    <w:rsid w:val="004D6FAA"/>
+    <w:rsid w:val="004E511D"/>
+    <w:rsid w:val="004F5443"/>
+    <w:rsid w:val="004F71FC"/>
+    <w:rsid w:val="004F77AD"/>
+    <w:rsid w:val="0050087B"/>
+    <w:rsid w:val="00510A47"/>
+    <w:rsid w:val="005158BD"/>
+    <w:rsid w:val="0051651A"/>
+    <w:rsid w:val="00521C10"/>
+    <w:rsid w:val="0052397C"/>
+    <w:rsid w:val="00527A40"/>
+    <w:rsid w:val="005346B2"/>
+    <w:rsid w:val="00534F33"/>
+    <w:rsid w:val="00540947"/>
+    <w:rsid w:val="005525E0"/>
+    <w:rsid w:val="00562306"/>
+    <w:rsid w:val="00564D72"/>
+    <w:rsid w:val="00565A51"/>
+    <w:rsid w:val="00566B56"/>
+    <w:rsid w:val="00571156"/>
+    <w:rsid w:val="00572023"/>
+    <w:rsid w:val="00574246"/>
+    <w:rsid w:val="00590F22"/>
+    <w:rsid w:val="00596003"/>
+    <w:rsid w:val="005A0DE6"/>
+    <w:rsid w:val="005A2606"/>
+    <w:rsid w:val="005A5628"/>
+    <w:rsid w:val="005B47A3"/>
+    <w:rsid w:val="005B7C2E"/>
+    <w:rsid w:val="005C004A"/>
+    <w:rsid w:val="005C7C39"/>
+    <w:rsid w:val="005C7F16"/>
+    <w:rsid w:val="005D7483"/>
+    <w:rsid w:val="005E36FF"/>
+    <w:rsid w:val="005E6362"/>
+    <w:rsid w:val="005F3FD2"/>
+    <w:rsid w:val="005F47FB"/>
+    <w:rsid w:val="005F7BB0"/>
+    <w:rsid w:val="005F7CFB"/>
+    <w:rsid w:val="006004AD"/>
+    <w:rsid w:val="0060175E"/>
+    <w:rsid w:val="006234DE"/>
+    <w:rsid w:val="006254D0"/>
+    <w:rsid w:val="00627745"/>
+    <w:rsid w:val="0063005E"/>
+    <w:rsid w:val="00631242"/>
+    <w:rsid w:val="006328E0"/>
+    <w:rsid w:val="00632FAC"/>
+    <w:rsid w:val="006347DD"/>
+    <w:rsid w:val="00642393"/>
+    <w:rsid w:val="00647F2A"/>
+    <w:rsid w:val="006571AE"/>
+    <w:rsid w:val="0066375F"/>
+    <w:rsid w:val="00663C72"/>
+    <w:rsid w:val="00664636"/>
+    <w:rsid w:val="006726C7"/>
+    <w:rsid w:val="006727B0"/>
+    <w:rsid w:val="00675D10"/>
+    <w:rsid w:val="00677038"/>
+    <w:rsid w:val="0068141A"/>
+    <w:rsid w:val="00693772"/>
+    <w:rsid w:val="00697155"/>
+    <w:rsid w:val="006B07D2"/>
+    <w:rsid w:val="006B5907"/>
+    <w:rsid w:val="006C1D85"/>
+    <w:rsid w:val="006C50A7"/>
+    <w:rsid w:val="006C5A63"/>
+    <w:rsid w:val="006C756E"/>
+    <w:rsid w:val="006D04CD"/>
+    <w:rsid w:val="006D2558"/>
+    <w:rsid w:val="006D33E2"/>
+    <w:rsid w:val="006D6F98"/>
+    <w:rsid w:val="006E4AA6"/>
+    <w:rsid w:val="006F2B69"/>
+    <w:rsid w:val="006F7FF6"/>
+    <w:rsid w:val="00700BEF"/>
+    <w:rsid w:val="00701CBF"/>
+    <w:rsid w:val="007104A4"/>
+    <w:rsid w:val="0071063D"/>
+    <w:rsid w:val="007157C9"/>
+    <w:rsid w:val="00716DB1"/>
+    <w:rsid w:val="0072143B"/>
+    <w:rsid w:val="00724C09"/>
+    <w:rsid w:val="00730816"/>
+    <w:rsid w:val="00744D2B"/>
+    <w:rsid w:val="0074662F"/>
+    <w:rsid w:val="00746C53"/>
+    <w:rsid w:val="00747D85"/>
+    <w:rsid w:val="00754F77"/>
+    <w:rsid w:val="007626A8"/>
+    <w:rsid w:val="007628F7"/>
+    <w:rsid w:val="00763954"/>
+    <w:rsid w:val="00764053"/>
+    <w:rsid w:val="00765A83"/>
+    <w:rsid w:val="00777B46"/>
+    <w:rsid w:val="00780798"/>
+    <w:rsid w:val="00790163"/>
+    <w:rsid w:val="007963B5"/>
+    <w:rsid w:val="007A0820"/>
+    <w:rsid w:val="007A30C0"/>
+    <w:rsid w:val="007A315F"/>
+    <w:rsid w:val="007A4809"/>
+    <w:rsid w:val="007B0032"/>
+    <w:rsid w:val="007B3903"/>
+    <w:rsid w:val="007B5963"/>
+    <w:rsid w:val="007C7E0D"/>
+    <w:rsid w:val="007D085C"/>
+    <w:rsid w:val="007D0B18"/>
+    <w:rsid w:val="007D3BF9"/>
+    <w:rsid w:val="007D5A9B"/>
+    <w:rsid w:val="007E0261"/>
+    <w:rsid w:val="007E5F69"/>
+    <w:rsid w:val="007E66C0"/>
+    <w:rsid w:val="007F42E8"/>
+    <w:rsid w:val="007F4401"/>
+    <w:rsid w:val="007F4E9D"/>
+    <w:rsid w:val="008050DA"/>
+    <w:rsid w:val="0080558E"/>
+    <w:rsid w:val="008068DD"/>
+    <w:rsid w:val="008073AD"/>
+    <w:rsid w:val="00810FCD"/>
+    <w:rsid w:val="008156E0"/>
+    <w:rsid w:val="00824200"/>
+    <w:rsid w:val="0082506F"/>
+    <w:rsid w:val="00827062"/>
+    <w:rsid w:val="00833335"/>
+    <w:rsid w:val="0084346C"/>
+    <w:rsid w:val="00845F6A"/>
+    <w:rsid w:val="00856104"/>
+    <w:rsid w:val="00856735"/>
+    <w:rsid w:val="00857CF8"/>
+    <w:rsid w:val="0086047F"/>
+    <w:rsid w:val="00867137"/>
+    <w:rsid w:val="0087117F"/>
+    <w:rsid w:val="00880792"/>
+    <w:rsid w:val="0088272C"/>
+    <w:rsid w:val="008911C5"/>
+    <w:rsid w:val="008A2225"/>
+    <w:rsid w:val="008B1F3B"/>
+    <w:rsid w:val="008B28B1"/>
+    <w:rsid w:val="008B7ACF"/>
+    <w:rsid w:val="008C05EF"/>
+    <w:rsid w:val="008D5CE4"/>
+    <w:rsid w:val="008E0F31"/>
+    <w:rsid w:val="008F134C"/>
+    <w:rsid w:val="008F4092"/>
+    <w:rsid w:val="008F5A4F"/>
+    <w:rsid w:val="00904A57"/>
+    <w:rsid w:val="009068FD"/>
+    <w:rsid w:val="0091557C"/>
+    <w:rsid w:val="00917F02"/>
+    <w:rsid w:val="0092306C"/>
+    <w:rsid w:val="00925C12"/>
+    <w:rsid w:val="0092606B"/>
+    <w:rsid w:val="00926B85"/>
+    <w:rsid w:val="00935742"/>
+    <w:rsid w:val="00937273"/>
+    <w:rsid w:val="00937658"/>
+    <w:rsid w:val="009406AC"/>
+    <w:rsid w:val="00942C29"/>
+    <w:rsid w:val="0094514E"/>
+    <w:rsid w:val="00952E71"/>
+    <w:rsid w:val="00956FC4"/>
+    <w:rsid w:val="009609AC"/>
+    <w:rsid w:val="0097120F"/>
+    <w:rsid w:val="00974B50"/>
+    <w:rsid w:val="00985F75"/>
+    <w:rsid w:val="009903E7"/>
+    <w:rsid w:val="009924D0"/>
+    <w:rsid w:val="00992B00"/>
+    <w:rsid w:val="009950B0"/>
+    <w:rsid w:val="00996D54"/>
+    <w:rsid w:val="009A67DB"/>
+    <w:rsid w:val="009B1570"/>
+    <w:rsid w:val="009B45F7"/>
+    <w:rsid w:val="009C19D0"/>
+    <w:rsid w:val="009C26AE"/>
+    <w:rsid w:val="009C2C14"/>
+    <w:rsid w:val="009C6657"/>
+    <w:rsid w:val="009D050D"/>
+    <w:rsid w:val="009D680D"/>
+    <w:rsid w:val="009D71C5"/>
+    <w:rsid w:val="009F4DC2"/>
+    <w:rsid w:val="00A03A76"/>
+    <w:rsid w:val="00A0651C"/>
+    <w:rsid w:val="00A07DBB"/>
+    <w:rsid w:val="00A111D8"/>
+    <w:rsid w:val="00A148DA"/>
+    <w:rsid w:val="00A17EA8"/>
+    <w:rsid w:val="00A2238F"/>
+    <w:rsid w:val="00A2343F"/>
+    <w:rsid w:val="00A24AE9"/>
+    <w:rsid w:val="00A3124F"/>
+    <w:rsid w:val="00A422E7"/>
+    <w:rsid w:val="00A42AAE"/>
+    <w:rsid w:val="00A42B9F"/>
+    <w:rsid w:val="00A431E8"/>
+    <w:rsid w:val="00A46BB5"/>
+    <w:rsid w:val="00A47D0F"/>
+    <w:rsid w:val="00A50910"/>
+    <w:rsid w:val="00A6003B"/>
+    <w:rsid w:val="00A61AF0"/>
+    <w:rsid w:val="00A65AD1"/>
+    <w:rsid w:val="00A76B16"/>
+    <w:rsid w:val="00A85F35"/>
+    <w:rsid w:val="00A907EA"/>
+    <w:rsid w:val="00A90ED5"/>
+    <w:rsid w:val="00A955A3"/>
+    <w:rsid w:val="00A965BE"/>
+    <w:rsid w:val="00AB3773"/>
+    <w:rsid w:val="00AC3575"/>
+    <w:rsid w:val="00AC54D2"/>
+    <w:rsid w:val="00AD094B"/>
+    <w:rsid w:val="00AD3F26"/>
+    <w:rsid w:val="00AD3FB1"/>
+    <w:rsid w:val="00AD7FCC"/>
+    <w:rsid w:val="00AE1E31"/>
+    <w:rsid w:val="00AF288D"/>
+    <w:rsid w:val="00AF6834"/>
+    <w:rsid w:val="00AF71E7"/>
+    <w:rsid w:val="00B02315"/>
+    <w:rsid w:val="00B03D56"/>
+    <w:rsid w:val="00B073DF"/>
+    <w:rsid w:val="00B17DC0"/>
+    <w:rsid w:val="00B3784E"/>
+    <w:rsid w:val="00B43E48"/>
+    <w:rsid w:val="00B51919"/>
+    <w:rsid w:val="00B5460C"/>
+    <w:rsid w:val="00B56355"/>
+    <w:rsid w:val="00B57921"/>
+    <w:rsid w:val="00B57E5C"/>
+    <w:rsid w:val="00B6055E"/>
+    <w:rsid w:val="00B60B3E"/>
+    <w:rsid w:val="00B6357A"/>
+    <w:rsid w:val="00B705F9"/>
+    <w:rsid w:val="00B70CAF"/>
+    <w:rsid w:val="00B760A3"/>
+    <w:rsid w:val="00B77CCB"/>
+    <w:rsid w:val="00B814C7"/>
+    <w:rsid w:val="00B87FC5"/>
+    <w:rsid w:val="00BA04AF"/>
+    <w:rsid w:val="00BA6787"/>
+    <w:rsid w:val="00BA6FF3"/>
+    <w:rsid w:val="00BB1A60"/>
+    <w:rsid w:val="00BB2E73"/>
+    <w:rsid w:val="00BB47E7"/>
+    <w:rsid w:val="00BC002C"/>
+    <w:rsid w:val="00BC1AAE"/>
+    <w:rsid w:val="00BC39FA"/>
+    <w:rsid w:val="00BC776C"/>
+    <w:rsid w:val="00BD5FAF"/>
+    <w:rsid w:val="00BE09C0"/>
+    <w:rsid w:val="00BE7B0B"/>
+    <w:rsid w:val="00BF006A"/>
+    <w:rsid w:val="00BF037B"/>
+    <w:rsid w:val="00BF3846"/>
+    <w:rsid w:val="00C00475"/>
+    <w:rsid w:val="00C103E7"/>
+    <w:rsid w:val="00C17CD7"/>
+    <w:rsid w:val="00C208A7"/>
+    <w:rsid w:val="00C341D4"/>
+    <w:rsid w:val="00C34C59"/>
+    <w:rsid w:val="00C34D4B"/>
+    <w:rsid w:val="00C44BE6"/>
+    <w:rsid w:val="00C52768"/>
+    <w:rsid w:val="00C5297F"/>
+    <w:rsid w:val="00C57BD9"/>
+    <w:rsid w:val="00C6093C"/>
+    <w:rsid w:val="00C669FA"/>
+    <w:rsid w:val="00C7075A"/>
+    <w:rsid w:val="00C72EC0"/>
+    <w:rsid w:val="00C80A9F"/>
+    <w:rsid w:val="00CA0A0E"/>
+    <w:rsid w:val="00CA2A1A"/>
+    <w:rsid w:val="00CA314C"/>
+    <w:rsid w:val="00CB02B4"/>
+    <w:rsid w:val="00CB7FA9"/>
+    <w:rsid w:val="00CC1112"/>
+    <w:rsid w:val="00CC715F"/>
+    <w:rsid w:val="00CD065D"/>
+    <w:rsid w:val="00CD5FAC"/>
+    <w:rsid w:val="00CE4586"/>
+    <w:rsid w:val="00CF1A49"/>
+    <w:rsid w:val="00CF2548"/>
+    <w:rsid w:val="00CF2747"/>
+    <w:rsid w:val="00CF492A"/>
+    <w:rsid w:val="00CF68AF"/>
+    <w:rsid w:val="00D00D87"/>
+    <w:rsid w:val="00D00E0B"/>
+    <w:rsid w:val="00D02924"/>
+    <w:rsid w:val="00D02AFA"/>
+    <w:rsid w:val="00D046F9"/>
+    <w:rsid w:val="00D222D5"/>
+    <w:rsid w:val="00D22E4E"/>
+    <w:rsid w:val="00D408E0"/>
+    <w:rsid w:val="00D41498"/>
+    <w:rsid w:val="00D43DF3"/>
+    <w:rsid w:val="00D4611D"/>
+    <w:rsid w:val="00D514E2"/>
+    <w:rsid w:val="00D612B0"/>
+    <w:rsid w:val="00D63A9E"/>
+    <w:rsid w:val="00D642EC"/>
+    <w:rsid w:val="00D730B6"/>
+    <w:rsid w:val="00D730EE"/>
+    <w:rsid w:val="00D73ADD"/>
+    <w:rsid w:val="00D76FA9"/>
+    <w:rsid w:val="00D90F58"/>
+    <w:rsid w:val="00D93B0D"/>
+    <w:rsid w:val="00D94ECF"/>
+    <w:rsid w:val="00DA0BDC"/>
+    <w:rsid w:val="00DA43EC"/>
+    <w:rsid w:val="00DA57A7"/>
+    <w:rsid w:val="00DA58FC"/>
+    <w:rsid w:val="00DB174A"/>
+    <w:rsid w:val="00DC1FE9"/>
+    <w:rsid w:val="00DC4645"/>
+    <w:rsid w:val="00DC63FA"/>
+    <w:rsid w:val="00DD0698"/>
+    <w:rsid w:val="00DD1317"/>
+    <w:rsid w:val="00DD404F"/>
+    <w:rsid w:val="00DD5F10"/>
+    <w:rsid w:val="00DD6D02"/>
+    <w:rsid w:val="00DE29CC"/>
+    <w:rsid w:val="00DF18EF"/>
+    <w:rsid w:val="00E009C2"/>
+    <w:rsid w:val="00E04612"/>
+    <w:rsid w:val="00E0527B"/>
+    <w:rsid w:val="00E10FB8"/>
+    <w:rsid w:val="00E30859"/>
+    <w:rsid w:val="00E35D02"/>
+    <w:rsid w:val="00E52606"/>
+    <w:rsid w:val="00E52791"/>
+    <w:rsid w:val="00E547A7"/>
+    <w:rsid w:val="00E55FC1"/>
+    <w:rsid w:val="00E566E1"/>
+    <w:rsid w:val="00E6088B"/>
+    <w:rsid w:val="00E64EBE"/>
+    <w:rsid w:val="00E659EA"/>
+    <w:rsid w:val="00E7254E"/>
+    <w:rsid w:val="00E7611F"/>
+    <w:rsid w:val="00E84BB3"/>
+    <w:rsid w:val="00E84C73"/>
+    <w:rsid w:val="00E90E4D"/>
+    <w:rsid w:val="00E92145"/>
+    <w:rsid w:val="00EA1B00"/>
+    <w:rsid w:val="00EA365D"/>
+    <w:rsid w:val="00EC1B93"/>
+    <w:rsid w:val="00EC5DA6"/>
+    <w:rsid w:val="00EE44F1"/>
+    <w:rsid w:val="00EF0E01"/>
+    <w:rsid w:val="00EF1EEA"/>
+    <w:rsid w:val="00EF3E2C"/>
+    <w:rsid w:val="00EF4516"/>
+    <w:rsid w:val="00F013E3"/>
+    <w:rsid w:val="00F0668A"/>
+    <w:rsid w:val="00F07A0F"/>
+    <w:rsid w:val="00F13DE2"/>
+    <w:rsid w:val="00F1471C"/>
+    <w:rsid w:val="00F15BA9"/>
+    <w:rsid w:val="00F22D62"/>
+    <w:rsid w:val="00F25326"/>
+    <w:rsid w:val="00F311C7"/>
+    <w:rsid w:val="00F31432"/>
+    <w:rsid w:val="00F36A86"/>
+    <w:rsid w:val="00F40251"/>
+    <w:rsid w:val="00F4799D"/>
+    <w:rsid w:val="00F620DD"/>
+    <w:rsid w:val="00F67A50"/>
+    <w:rsid w:val="00F713D1"/>
+    <w:rsid w:val="00F86A21"/>
+    <w:rsid w:val="00F90BD1"/>
+    <w:rsid w:val="00F929CD"/>
+    <w:rsid w:val="00F975E1"/>
+    <w:rsid w:val="00FA21F3"/>
+    <w:rsid w:val="00FA55F8"/>
+    <w:rsid w:val="00FA7B53"/>
+    <w:rsid w:val="00FB037F"/>
+    <w:rsid w:val="00FB46B9"/>
+    <w:rsid w:val="00FC491B"/>
+    <w:rsid w:val="00FD3021"/>
+    <w:rsid w:val="00FD5A5E"/>
+    <w:rsid w:val="00FE0F40"/>
+    <w:rsid w:val="00FE7EFD"/>
+    <w:rsid w:val="00FF3154"/>
+    <w:rsid w:val="00FF4E80"/>
+    <w:rsid w:val="00FF555D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3415,125 +4741,305 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="005A5628"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D5A9B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00265AAF"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00265AAF"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00265AAF"/>
+    <w:pPr>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB47E7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007628F7"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="001C6812"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E5149"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0025330D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A111D8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A111D8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008C05EF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C05EF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007D5A9B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3605,90 +5111,552 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="005A5628"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00265AAF"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00265AAF"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00265AAF"/>
+    <w:pPr>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB47E7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007628F7"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="001C6812"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E5149"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0025330D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A111D8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A111D8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008C05EF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C05EF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="12670">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="16856638">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="25646804">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="120148267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="189344418">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="242570444">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="270942985">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="314576218">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="364477482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="547497024">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="608049390">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="791900684">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="912814144">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1046754377">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1165392968">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1221865919">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1261336715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1293171578">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1398167341">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1662541730">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1663268869">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883249667">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1972713635">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2018120029">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3722,86 +5690,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3932,59 +5898,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DA1DEC4-1888-4A00-8FAF-FF09E78AF72D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2751</Characters>
+  <Pages>3</Pages>
+  <Words>531</Words>
+  <Characters>3028</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>HP</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3227</CharactersWithSpaces>
+  <CharactersWithSpaces>3552</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Stella</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>