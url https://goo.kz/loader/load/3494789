--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -2203,51 +2203,51 @@
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00D53FCE" w:rsidRDefault="00D54F61" w:rsidP="00D54F61">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00D53FCE" w:rsidRDefault="00557C60" w:rsidP="00557C60">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="008965EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -10931,50 +10931,51 @@
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000738A5"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
@@ -11157,50 +11158,51 @@
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00557C60"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
@@ -11507,62 +11509,60 @@
     <w:rsid w:val="00CD5973"/>
     <w:rsid w:val="00CE2F89"/>
     <w:rsid w:val="00CF398A"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D143E5"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D24ACD"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D54F61"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D74D43"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB231B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>