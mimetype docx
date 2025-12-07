--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -2,9618 +2,13259 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="55C58DE5" w14:textId="1D3CB990" w:rsidR="001F4BA9" w:rsidRPr="00011A8E" w:rsidRDefault="001F4BA9" w:rsidP="00011A8E">
+    <w:p w14:paraId="04D14523" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRDefault="00EF1FD6" w:rsidP="00257B1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00257B1B" w:rsidRPr="00270DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="16E15F50" w14:textId="77777777" w:rsidR="003365B7" w:rsidRPr="00011A8E" w:rsidRDefault="00B66486" w:rsidP="00A40329">
+    <w:p w14:paraId="6B55F973" w14:textId="15F4D12E" w:rsidR="00257B1B" w:rsidRDefault="00C65833" w:rsidP="00257B1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00011A8E">
+      <w:bookmarkStart w:id="0" w:name="_Hlk139013895"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+        <w:t xml:space="preserve">қазақ тілінде оқитатын бастауыш сынып </w:t>
       </w:r>
-      <w:r w:rsidRPr="00011A8E">
+      <w:r w:rsidR="00257B1B" w:rsidRPr="00270DA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
       </w:r>
-      <w:r w:rsidR="00A40329" w:rsidRPr="00011A8E">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00257B1B" w:rsidRPr="00270DA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">должность </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1240B9" w14:textId="646084EE" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="6CA78268" w14:textId="77777777" w:rsidR="00821EC9" w:rsidRPr="00B66486" w:rsidRDefault="00821EC9" w:rsidP="00257B1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...118 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="45C0F94E" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="008314E4" w14:paraId="15C842E3" w14:textId="77777777" w:rsidTr="00070C48">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5A49F00B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="5C4F9149" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="618AB2FB" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="7385758F" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="210130FC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="0019140C">
+          <w:p w14:paraId="61FBD932" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270DA6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="28"/>
-[...51 lines deleted...]
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="74D19AA1" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="3AF21B43" w14:textId="77777777" w:rsidTr="00070C48">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1729034D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="3EBAAB46" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B704BE9" w14:textId="519B9C6F" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="1A4967BC" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> адрес</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28FD192C" w14:textId="77777777" w:rsidR="00F95D41" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
+          <w:p w14:paraId="0D1D5FD5" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3E1CE031" w14:textId="10BB810F" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайғыров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="1539E6E5" w14:textId="77777777" w:rsidTr="00070C48">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="750CAB9C" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02206A73" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A06B1C" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000E6FD0" w:rsidRPr="00011A8E">
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>24</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="2F76F9A7" w14:textId="77777777" w:rsidTr="008D234C">
-[...105 lines deleted...]
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="18730BB2" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="74014A19" w14:textId="77777777" w:rsidTr="00070C48">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="02543704" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="695BA1E0" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73CF4288" w14:textId="12D0BC60" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="7B5E0189" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>адрес электронной почты</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71385072" w14:textId="30D328E0" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00257B1B" w:rsidP="00245AC0">
+          <w:p w14:paraId="606DEBF0" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00011A8E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>sosh28@goo.edu.kz</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>osh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="6B643A04" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="008314E4" w14:paraId="5B33CD79" w14:textId="77777777" w:rsidTr="00070C48">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="10945CE5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="7084A135" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26BC7DA2" w14:textId="5B8C1B38" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00F95D41">
+          <w:p w14:paraId="2B295F79" w14:textId="1B527F02" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00F95D41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...21 lines deleted...]
-              <w:t>акантной должности, нагрузка</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="282C6B6C" w14:textId="7D3624AC" w:rsidR="00A270EF" w:rsidRPr="00011A8E" w:rsidRDefault="00D90B00" w:rsidP="00A270EF">
+          <w:p w14:paraId="6D406A1D" w14:textId="3EE349C3" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="0067055E" w:rsidP="0067055E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008314E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ </w:t>
+            </w:r>
+            <w:r w:rsidR="00257B1B" w:rsidRPr="008314E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тілінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008314E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бастауыш сынып </w:t>
+            </w:r>
+            <w:r w:rsidR="00257B1B" w:rsidRPr="008314E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...107 lines deleted...]
-              <w:t>6 часов</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00257B1B" w:rsidRPr="00460704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 бос жұмыс орны: 16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="24755E9F" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="008314E4" w14:paraId="73DA3F94" w14:textId="77777777" w:rsidTr="00070C48">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7F12A223" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="6D5E8D5F" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08E30E22" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="5F625D5C" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09A1D3BF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="5BA48955" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="2044EC01" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="523565D5" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0F1E9CE3" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- білім алушылардың әлеуметтенуіне, олардың жал</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6590820E" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="71F14FD0" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="3192B938" w14:textId="77777777" w:rsidTr="00070C48">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="45BBCF68" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="16C61192" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="511093DC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="479CCACE" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="040538EA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="651D2696" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="57652240" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A5E3BF5" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-          <w:p w14:paraId="5DDFE8C2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="001B3451">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">586 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C2EFC51" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">145,115 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="2743607B" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="008314E4" w14:paraId="4B967B13" w14:textId="77777777" w:rsidTr="00070C48">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518FC9A2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="64D874AE" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14373B6C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="5F012128" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="25EF6378" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4961F597" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC7C623" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
+          <w:p w14:paraId="4E177793" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="6A091ADB" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="00276140">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75531472" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7A58445B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00011A8E" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F4455A6" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...33 lines deleted...]
-              <w:t>педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="4E2A9C30" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="48ECC8F9" w14:textId="77777777" w:rsidTr="00070C48">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED90741" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w14:paraId="66FC6376" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46F827C6" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w14:paraId="7B80A4B8" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="391AA4A2" w14:textId="180AB66A" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="00D25421" w:rsidP="00D25421">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="113C148B" w14:textId="3E57A5A5" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00263CE5" w:rsidRPr="00011A8E">
+            <w:r w:rsidR="00263CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00263CE5" w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00821EC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00263CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00821EC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00263CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00821EC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00263CE5" w:rsidRPr="00011A8E">
+            <w:r w:rsidR="00263CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="5B098D7F" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="008314E4" w14:paraId="70DE127A" w14:textId="77777777" w:rsidTr="00070C48">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53B6C643" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="008D234C">
+          <w:p w14:paraId="3EE6E64D" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25E0D69A" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w14:paraId="3B1DFCC0" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D9598C1" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="0876375B" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00011A8E">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A365D39" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52A33244" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59CC3D62" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00011A8E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5BBAE9" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="591E3C1C" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...55 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F4D23D" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="332CB96D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="063266B9" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00011A8E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55D2652F" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00A40329">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="569B84B9" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="273F8BEB" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...334 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BE780A0" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...58 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B0BD3D2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="007129B6">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="0B3E5431" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...44 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71309C03" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00011A8E" w14:paraId="0DAE6202" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="00257B1B" w:rsidRPr="00B66486" w14:paraId="3BF995B9" w14:textId="77777777" w:rsidTr="00070C48">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18862C83" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w14:paraId="1277C809" w14:textId="77777777" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E665C3A" w14:textId="7C1B559F" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="00F95D41" w:rsidP="00245AC0">
+          <w:p w14:paraId="1841C289" w14:textId="1B903EA8" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00011A8E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> вакантной должности</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67ED1793" w14:textId="3FB09DA9" w:rsidR="008D234C" w:rsidRPr="00011A8E" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+          <w:p w14:paraId="2DD0BD44" w14:textId="07C06264" w:rsidR="00257B1B" w:rsidRPr="00B66486" w:rsidRDefault="00257B1B" w:rsidP="00070C48">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75F2A703" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00011A8E" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...10 lines deleted...]
-    <w:p w14:paraId="13585662" w14:textId="650AE494" w:rsidR="00B66486" w:rsidRPr="00EF2FFA" w:rsidRDefault="00B66486" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="52BD80A1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="423A164E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00A1628D" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="4AFC7DC6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="31EFDDF4" w14:textId="77777777" w:rsidTr="00832C04">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5371F43D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55B3A3CC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="679FA891" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7312AC3F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E66EA78" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3DC18E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="397999B5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="053734C3" w14:textId="77777777" w:rsidR="002F7BB3" w:rsidRPr="00B66486" w:rsidRDefault="002F7BB3" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4D43CA5C" w14:textId="77777777" w:rsidR="002F7BB3" w:rsidRDefault="002F7BB3" w:rsidP="002F7BB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A1628D">
+      <w:r w:rsidRPr="00270DA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+        <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49768D45" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00A1628D" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
-[...28 lines deleted...]
-    <w:p w14:paraId="64166F39" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="5A22AD8F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w14:paraId="7F693192" w14:textId="5DB2962F" w:rsidR="00B66486" w:rsidRPr="00F95D41" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB5D1C5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="019F9A17" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="193D5A45" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="62E71522" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00F95D41" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...13 lines deleted...]
-        <w:t>___</w:t>
+      <w:r w:rsidRPr="00F95D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61BCCB87" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="56229CB5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00F95D41" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E2AB84" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...16 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D8D84E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="7ADA9FAC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73EEEF24" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="302C7695" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...13 lines deleted...]
-        <w:t>___</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30592ADF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="34CDF797" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...5 lines deleted...]
-        <w:t>(должность, место работы)</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CE6AFA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="5CA01DF1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...13 lines deleted...]
-        <w:t>___</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EADAF9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="05A98856" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое м</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> контактный телефон)</w:t>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DF80B5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="53E0004A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_____</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4959A281" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="537807CD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EBC075B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="3ED0130C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E72F564" w14:textId="7E80E811" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="4F778974" w14:textId="643D188F" w:rsidR="00B66486" w:rsidRPr="00601EE9" w:rsidRDefault="00B66486" w:rsidP="002F7BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00995023">
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="002F7BB3" w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесіне</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00995023">
-[...54 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00601EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+        <w:t xml:space="preserve">қазақ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00995023">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="002F7BB3" w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00601EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бастауыш сынып </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7BB3" w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7BB3" w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға орналасуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B3CD42B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="69F42B75" w14:textId="16E422DC" w:rsidR="00B66486" w:rsidRPr="002F7BB3" w:rsidRDefault="00601EE9" w:rsidP="002F7BB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66486" w:rsidRPr="002F7BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573409E2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67A46377" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="026C0FE7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...15 lines deleted...]
-        <w:t>____________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2888B129" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="06AABA82" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC1B96F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>______________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F013F13" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="48F3CE9A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DDD72D4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="4C49BB18" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="038AE7F7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="439B56B1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F1A402" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="3959AF60" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2962"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2755"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="6DE6EA65" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="6A730890" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2D99D3" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="40A9BF01" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B116DFE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F72F6DD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="76B580F0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B835C2F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="2C2064F6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00995023">
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00995023">
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39744CF1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="71CDE8E3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="3DB89989" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="036C3D29" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5D86499F" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="12C114FA" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBB056C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="5A1C5EC4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77CBED41" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="0D6C78F9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6559BB77" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="15698DED" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E79B0F4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="0D7669AF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03C32F75" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="144E695B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7200550C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="1F2C73D2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="00995023">
-[...5 lines deleted...]
-        <w:t>подтверждения):</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CB9A62" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
-[...27 lines deleted...]
-    <w:p w14:paraId="4AEE602B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="0763F5C4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35EC1ECC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
-[...78 lines deleted...]
-    <w:p w14:paraId="76E6E2FF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="20D815B4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="129F52A4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="1CC56865" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...5 lines deleted...]
-        <w:t>_________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053216C1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="5C42A18A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>____________</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9F8DED" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00A02653" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="033C037A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...13 lines deleted...]
-        <w:t>___________</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D14B68F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="305E18B7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EAC505C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="24E70392" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7393AD0A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="4D80AF69" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...13 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03624DC0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="5CD631E6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6D4D6EA0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="20452DD5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>____________</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E99F2F3" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="18FBFFBA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...13 lines deleted...]
-        <w:t>___________</w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030A33D1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="168E30A7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
-[...87 lines deleted...]
-        <w:t xml:space="preserve">)  </w:t>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39727CBE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="67ED4557" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148A102C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9B1B3D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C70AFED" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A19FCDA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7206044B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BDFADED" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F204086" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13585662" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A806D6C" w14:textId="7E819979" w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                                  (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)                   </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="3B863B28" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="3F1AED41" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="781"/>
+          <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7828581E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="2BF2B9AD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3EC9789A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="19C9FBFD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52246F9B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="74D4E017" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="5ADA67F8" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25A5C1A0" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="07D38D0F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6301E6EC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="59D72481" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B04D6BB" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2DA06193" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AEAC75" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27983CBB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="070CADE9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="165EAB8D" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="0C786837" w14:textId="16336AE7" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00995023">
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную  </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00995023">
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>вакантную</w:t>
+        </w:rPr>
+        <w:t>едагог</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00995023">
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> должность педагога </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00995023">
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>__</w:t>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00995023">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E7FCFD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
+    <w:p w14:paraId="0242ABAC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C0A6F9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="49432A8E" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="0FE81AA7" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8655DD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="43D26EDC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5298AF3D" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7AF3B493" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46879A97" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7263769E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B426E1E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="6CCA781E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8757E2" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="2E6F0651" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74522F29" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00995023">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="2FEDC572" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="564EFA0F" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30C45EEE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="56533BBA" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="787AA607" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="52273E36" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14404505" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="468A902F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00A488A4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="4CCA2A7F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="431ABB6B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02CD38A9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="7394C86B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16035BCD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="2DD9A04A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E587FE" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00995023">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00995023">
-[...8 lines deleted...]
-          <w:p w14:paraId="10E7149F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159ECE74" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0ED428" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="0862EDF1" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="438ED609" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="5E38F38F" w14:textId="77777777" w:rsidTr="00E2030B">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FBC61C2" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="2EDC048A" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08FF23ED" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="49A6FBF9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...45 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F11E369" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="261D5121" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C4E0258" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="4DBE3861" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...8 lines deleted...]
-          <w:p w14:paraId="47BCC395" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1585AF77" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="2FA80E43" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A933FC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...41 lines deleted...]
-              <w:t>баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D37DFBA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="2A3C1687" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="3D3B0CB9" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="44DA1E17" w14:textId="77777777" w:rsidTr="00E2030B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59B5ED96" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="49E4AFD5" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="653A5405" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="336876EC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="09B63543" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49A716FF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="2E25FEF8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A2A179E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="02B32958" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...36 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1E7353" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="2E45BFC1" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5677A12B" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="272DCFA2" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D63D952" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="7EC13410" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A94D68A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="54F7569A" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AF72501" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="2FC23779" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5964527C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="48D6FB84" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="78BD483E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7BD9A1" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="108973A1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C58FE27" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="042599C5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1B2A5B" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00995023">
-[...8 lines deleted...]
-          <w:p w14:paraId="3188C979" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1634DF92" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="67A5F58E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="057196EB" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="64CA372E" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B775A8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...32 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB3BD72" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="2629A864" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="58802F3E" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="008314E4" w14:paraId="2AB32336" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="466ED7E5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="23834262" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="255D4DE6" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="7D967CD8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07824501" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="1140631B" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B9DDFAD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="6E26C75E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="629ABF0C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">діскер (лауазымдық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс өтілі кемінде 2 жыл) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60BB42B4" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="65A008F9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AFAE06A" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47851B96" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="558000FF" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="705425F9" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="36F32959" w14:textId="77777777" w:rsidTr="00E2030B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48A150FD" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="355A89A9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FACD03A" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="6D5FF754" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53BD2480" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="15A030AD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A2E1DD7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="3D782AB3" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...62 lines deleted...]
-          <w:p w14:paraId="763B84B0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460AE44D" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...8 lines deleted...]
-          <w:p w14:paraId="645E4DFE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE53E8F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...5 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10E3056F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="379DAC99" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5312E399" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="008314E4" w14:paraId="6663F806" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6741B991" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="298604EA" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F78D01B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="157746B9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...25 lines deleted...]
-              <w:t>места работы (по должности педагога) или учебы</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38D4933F" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="1BE0E626" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...39 lines deleted...]
-              <w:t>последнему месту работы/учебы)</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E219FE4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="1DEA0976" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...97 lines deleted...]
-          <w:p w14:paraId="7AFFDD05" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3679BC8C" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...96 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="530A740C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="7743280A" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="4EC7E5DC" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="008314E4" w14:paraId="7B61F003" w14:textId="77777777" w:rsidTr="00E2030B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16B24C5C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="242EE9B4" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51282EDA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="36C86AF8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D9A3B56" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="41BC77FF" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="70E3196C" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76544B8C" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="53533381" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE338DE" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39EBABAA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="1A094BA2" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A7350E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...8 lines deleted...]
-          <w:p w14:paraId="21255D65" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36AB448F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="317CADDB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63720022" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="17266CF3" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="277BFE8E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="382E5735" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- «Үздік педагог» конкурсының жеңімпазы = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE15E22" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...164 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="738BA1B7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="12E5224F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="55036ECF" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="3E1AF418" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65CA16D7" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="77418F95" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14DB21DB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="292E47EF" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35AE89AE" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="6F8A5897" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03E497C1" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="29757E9C" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...8 lines deleted...]
-          <w:p w14:paraId="739E7BC9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B86F3ED" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...8 lines deleted...]
-          <w:p w14:paraId="21FFC276" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="234888FE" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...29 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00995023">
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4B5B89" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="30BC2D19" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5A72749D" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="008314E4" w14:paraId="72F4BEB2" w14:textId="77777777" w:rsidTr="00E2030B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7FBEE572" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="2B1318A8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="597535FB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="16A5BA01" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00A4C9DC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="6EDD6B16" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CE0B112" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="3F622A12" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="62F5E990" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F4D0C7" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="0F0E1F71" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51FA2CC5" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...93 lines deleted...]
-          <w:p w14:paraId="2BD8FBA2" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0594708A" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...57 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3A3790" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="2AAE11FC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="297661BF" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="008314E4" w14:paraId="7836AC3C" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="3910"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73F09B0D" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="32449DD0" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="707930C4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="0D6704D0" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7450B088" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="443067A5" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="56914FCF" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1004F4BE" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1FAFA286" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="292DE1A9" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6036D28E" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32387A56" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, IELTS; TOEFL; DELF;</w:t>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goethe </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Zertifikat</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BBA0C89" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="2FFABEDB" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B7FAEB2" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-          <w:p w14:paraId="417898AC" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5DD515" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C44831" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4312572B" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31A6DE85" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69B35C3F" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E6C51D" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5024B669" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B76C1EC" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...36 lines deleted...]
-          <w:p w14:paraId="4A85D267" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05FA442B" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="0AE5A40B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D15D965" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...498 lines deleted...]
-              <w:t>«Developing expertise in teaching chemistry»</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29B5183B" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="7A41E53C" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...44 lines deleted...]
-          <w:p w14:paraId="236F52B9" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D041E37" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995023">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C53B08" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="320801B8" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="002E00FE" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="5DD5D357" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="3CBBC501" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="1076"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D90ACF0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="647A6312" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>12</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="72473C47" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="46378B52" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...120 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ной практике Центром занятости населения</w:t>
+              <w:t>оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31E06415" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="5BE8A433" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="086C4FE0" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="06F02973" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E40FA79" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="4672C9FD" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF2FFA" w:rsidRPr="00995023" w14:paraId="6BAF876B" w14:textId="77777777" w:rsidTr="00964ECE">
+      <w:tr w:rsidR="007330E5" w:rsidRPr="00B25802" w14:paraId="6FFE62FF" w14:textId="77777777" w:rsidTr="00E2030B">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1918" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F199335" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="0A8185E4" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Итого:</w:t>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="433159F4" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
+          <w:p w14:paraId="25FA3D18" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5754CFAA" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00964ECE">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="0C067D37" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="00832C04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47EB0BD5" w14:textId="77777777" w:rsidR="00EF2FFA" w:rsidRPr="00995023" w:rsidRDefault="00EF2FFA" w:rsidP="00EF2FFA">
-[...30 lines deleted...]
-    <w:p w14:paraId="33B7F58A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00011A8E" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+    <w:p w14:paraId="33B7F58A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B66486" w:rsidRPr="00011A8E" w:rsidSect="00B66486">
+    <w:sectPr w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidSect="00B66486">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10307,66 +13948,65 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
-    <w:rsid w:val="00011A8E"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00021D92"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="0003445D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00084B8E"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
@@ -10389,51 +14029,50 @@
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="0019140C"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B3451"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
-    <w:rsid w:val="001C7331"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="00201BCC"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
@@ -10550,51 +14189,50 @@
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7404"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F390C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
@@ -10604,132 +14242,134 @@
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A031C"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00601EE9"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
-    <w:rsid w:val="00627754"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00643124"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="0067055E"/>
     <w:rsid w:val="00670C71"/>
     <w:rsid w:val="00670EBC"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
-    <w:rsid w:val="006E3028"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="007330E5"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007961DB"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00821EC9"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="008314E4"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008A64A0"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
@@ -10822,239 +14462,235 @@
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE51EF"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00AF1B23"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B25496"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B33E71"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B66486"/>
     <w:rsid w:val="00B73D07"/>
-    <w:rsid w:val="00B7796C"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B90245"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
-    <w:rsid w:val="00C43475"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C65833"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD1F8C"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D16EC3"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D25421"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D90B00"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB15E4"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E2030B"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
-    <w:rsid w:val="00EF2FFA"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F134B0"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F95D41"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB0B9E"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD45C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -11356,59 +14992,50 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...7 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -11673,59 +15300,50 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...7 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -12031,78 +15649,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B0A4C86-FE18-4B22-8C19-1C4F9503D84C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB7A0A59-17BD-42FA-9A3D-63C19462A364}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>11087</Characters>
+  <Pages>5</Pages>
+  <Words>2020</Words>
+  <Characters>11516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13005</CharactersWithSpaces>
+  <CharactersWithSpaces>13509</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>