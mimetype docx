--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,3769 +1,3470 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="550AC3DE" w14:textId="6B21F7B9" w:rsidR="009B650A" w:rsidRPr="006A38B8" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEE4FBF" w14:textId="205B1760" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НА ВАКАНТНЫЕ МЕСТА</w:t>
+      </w:r>
+      <w:r w:rsidR="00465BBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70761FA3" w14:textId="02E77222" w:rsidR="000D0AFE" w:rsidRPr="004E22AB" w:rsidRDefault="004E22AB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...16 lines deleted...]
-        <w:t>ДІҢ</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5" w:rsidRPr="009F59C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="004D339C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19090081" w14:textId="158B0FDD" w:rsidR="009B650A" w:rsidRPr="006A38B8" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="7EA89477" w14:textId="46C7F8CC" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...16 lines deleted...]
-        <w:t>ЫНА</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Специальный детский сад №52</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002973E1" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бъявляет открытый конкурс на замещение вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00534D62" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="24549AEF" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534D62">
-[...123 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10307" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="1"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="527"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2749"/>
+        <w:gridCol w:w="531"/>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="1907"/>
+        <w:gridCol w:w="2818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
+      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="00905C19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
+          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Бос орын лауазымы</w:t>
+              <w:t>Вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жүктеме көлемі</w:t>
+              <w:t>Объем нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Оқытылу тілі</w:t>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
+          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>МДҰ</w:t>
+              <w:t xml:space="preserve">Адрес </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="007D75B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>мекенжайы</w:t>
+              <w:t>ДО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2749" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Байланыс телефондары,</w:t>
-[...19 lines deleted...]
-              <w:t>дыадресі</w:t>
+              <w:t>Контакты, электронный адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B650A" w:rsidRPr="006D6D33" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
+      <w:tr w:rsidR="00315FB3" w:rsidRPr="00905C19" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="00905C19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
+          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
+            <w:r w:rsidRPr="00315FB3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="310BF63E" w14:textId="5A1A9416" w:rsidR="009B650A" w:rsidRPr="006F469A" w:rsidRDefault="00534D62" w:rsidP="00534D62">
+          <w:p w14:paraId="6E15072E" w14:textId="354FAB32" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="0049473F" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Логопед</w:t>
+            </w:r>
+            <w:r w:rsidR="001B65D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F2806A" w14:textId="32C2C12C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
+          <w:p w14:paraId="3F04F60E" w14:textId="40418768" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
+            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставка </w:t>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C156F7" w14:textId="698F5F28" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3200E6" w14:textId="39497DD8" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="00905C19" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidR="00213C21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>усский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C353ED2" w14:textId="143371E8" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="006F469A" w:rsidP="009B650A">
+          <w:p w14:paraId="0C592FC1" w14:textId="70E09B2F" w:rsidR="000D0AFE" w:rsidRPr="00905C19" w:rsidRDefault="000D0AFE" w:rsidP="00905C19">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00315FB3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>орыс тілі</w:t>
+              <w:t xml:space="preserve">г. Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="008C4D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
+            <w:r w:rsidR="00905C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00905C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00905C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>магулова</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="008C4D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00905C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7863D9D7" w14:textId="77777777" w:rsidR="006D6D33" w:rsidRDefault="009B650A" w:rsidP="006D6D33">
+          <w:p w14:paraId="125C97B9" w14:textId="38D25D27" w:rsidR="00672B92" w:rsidRPr="00905C19" w:rsidRDefault="00672B92" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
+            <w:r w:rsidRPr="00905C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...62 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidR="006D6D33">
+            <w:r w:rsidR="00905C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>66-23-32</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00905C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>;</w:t>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="508E4807" w14:textId="5F7A1A26" w:rsidR="009B650A" w:rsidRPr="006D6D33" w:rsidRDefault="006A38B8" w:rsidP="00534D62">
+          <w:p w14:paraId="42E84D44" w14:textId="54049CFA" w:rsidR="000D0AFE" w:rsidRPr="00905C19" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>email:</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="006D6D33" w:rsidRPr="006D6D33">
+            </w:pPr>
+            <w:r w:rsidRPr="00315FB3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>email</w:t>
             </w:r>
-            <w:r w:rsidR="006D6D33" w:rsidRPr="006D6D33">
+            <w:r w:rsidRPr="00905C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00905C19" w:rsidRPr="00905C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sad52@goo.edu.kz</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="006D6D33">
+          <w:p w14:paraId="64E90F87" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00905C19" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51F8021C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="601D2284" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRPr="00905C19" w:rsidRDefault="00315FB3" w:rsidP="002973E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C205C2" w14:textId="7065B750" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1772"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...748 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00F8056A" w:rsidRPr="00F8056A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D6D33">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4F73CCC5" w14:textId="58C37F88" w:rsidR="00534D62" w:rsidRPr="00534D62" w:rsidRDefault="009B650A" w:rsidP="00534D62">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="6794905F" w14:textId="30750415" w:rsidR="0049473F" w:rsidRPr="0049473F" w:rsidRDefault="0049473F" w:rsidP="0049473F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осуществляет оценку особых образовательных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>потребностей с учетом физического, психического, речевого, неврологического статуса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ребенка, проводит обследование речевого и психофизического развития ребенка, ведет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и анализирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документацию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>азрабатывает</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуальные учебные, индивидуально-развивающие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>программы,осуществляет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психолого-педагогическое сопровождение детей с особыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями в различных образовательных условиях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В тесном контакте с воспитателями и другими специалистами осуществляет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>групповую и индивидуальную и деятельность по коррекции, восстановлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нарушенных функций и социализации воспитанника с особыми образовательными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
-[...132 lines deleted...]
-        <w:t>отбасыларының қатысуымен енгізеді.</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>потребностями.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3ECAFB" w14:textId="0FD5EE34" w:rsidR="00534D62" w:rsidRPr="00534D62" w:rsidRDefault="00534D62" w:rsidP="00534D62">
+    <w:p w14:paraId="2941BB78" w14:textId="00A08751" w:rsidR="0049473F" w:rsidRPr="0049473F" w:rsidRDefault="0049473F" w:rsidP="0049473F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>Тұлғаның жалпы мәдениетін қалыптастыруға ықпал етеді, стандарт талаптарына</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Развивает принцип инклюзивного образования.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>сәйкес оқытудың алуан түрлерін, тәсілдерін, әдістері мен құралдарын қолданады.</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Консультирует педагогов, родителей или лиц, их заменяющих, по вопросам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>Арнайы білім беру бағдарламаларын іске асырады.</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психолого-педагогической поддержки детей.</w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>Кәсіби біліктілігін арттырады.Әдістемелік бірлестіктердің қызметіне, семинарларға, конференцияларға қатысады.</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>Қажетті құжаттаманы жүргізеді.</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Способствует формированию общей культуры личности, использует разнообразные</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>Ақпараттық-коммуникативтік құзыреттілікті меңгерген.Қоғамның мүмкіндігі шектеулі тұлғаларға толерантты қарым-қатынасын</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>формы, приемы, методы и средства обучения в соответствии с требованиями Стандарта.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>қалыптастыру бойынша жұмыс жүргізеді.Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Реализует типовые специальные, индивидуальные учебные программы.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>нормаларын орындайды.</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Повышает профессиональную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификацию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.У</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>частвует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в деятельности методических объединений, семинарах, конференциях.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>Тәрбие-білім беру процесін ұйымдастыру кезеңінде балалардың өмірін,</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ведет необходимую документацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1209220C" w14:textId="15B2F124" w:rsidR="0049473F" w:rsidRPr="0049473F" w:rsidRDefault="0049473F" w:rsidP="0049473F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Владеет информационно-коммуникативной компетентностью.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00534D62">
-[...6 lines deleted...]
-        <w:t>денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проводит работу по формированию толерантного отношения общества к детям </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сособыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательными потребностями.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Выполняет правила безопасности и охраны труда, противопожарной защиты.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A7213F7" w14:textId="66AAD3DE" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00534D62">
+    <w:p w14:paraId="5DB5BFB6" w14:textId="1654B761" w:rsidR="0049473F" w:rsidRPr="0049473F" w:rsidRDefault="0049473F" w:rsidP="0049473F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни, здоровья и прав детей в период организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049473F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебно-воспитательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F46A45" w14:textId="579A2550" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="0049473F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Размер должностного оклада в зависимости от </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уровня образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трудового стажа</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4978" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификационной </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4978" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r w:rsidR="00672B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге до 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Лауазымдық жалақы мөлшері білім деңгейіне, еңбек өтіліне,біліктілік санатына байланысты: </w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55749404" w14:textId="0B821503" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="229D8D5E" w14:textId="7B94B0DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...46 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на основ</w:t>
+      </w:r>
+      <w:r w:rsidR="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа МОН </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РК №</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0012129B">
-[...67 lines deleted...]
-        <w:t>»</w:t>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бря 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745F3A83" w14:textId="5C3957E0" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="114520C0" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F8475B">
-[...159 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006D6D33">
-[...97 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E321F22" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="17E6048C" w14:textId="48454222" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="0049473F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F59C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="004D339C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="009F59C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009F59C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специальный детский сад </w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. Павлодар, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Г. Смагулова</w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00905C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>76</w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="6E493A3C" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">1) Конкурс өткізу туралы хабарландыруды жариялау; </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="0A4C05AA" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) публикация объявления о проведении конкурса;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="2181F399" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">ұжаттарды қабылдау </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Определение даты и времени проведения конкурса, формирование конкурсной комиссии</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="116AE7D6" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прием документов</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="4D4CB982" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t>5) кандидаттардың балдары бірдей болған жағдайда әңгімелесу</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассмотрение документов (соответствие квалификационным требованиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в течение 5 рабочих дней)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="137595FB" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00607A21" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...61 lines deleted...]
-        <w:t>сұрау жіберіледі.</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD09CB" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Собеседование в случае одинаковых баллов кандидатов</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="397745D6" w14:textId="38561FB5" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="001A1273">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после принятия документов </w:t>
+      </w:r>
+      <w:r w:rsidR="00D721BE" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата: направляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1273">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направляется запрос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о нарушении педагогической этики в Комитет по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBF062C" w14:textId="3B26241D" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтерді білгеннен кейін педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выявлении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведений о совершении коррупционного преступления и/или уголовного правонарушения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и/или нарушении норм педагогической этики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="4E5CA13F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...8 lines deleted...]
-        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="52A2D0DE" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...38 lines deleted...]
-        <w:t>өтініш;</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="4B33AC77" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін); </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="186C2694" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...48 lines deleted...]
-        <w:t>ар болса);</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) заполненный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="0810AAF9" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...26 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копии документов об образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квалификационны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="027BD692" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копию документа, подтверждающую трудовую деятельность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15EBC578" w14:textId="1CA033E0" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="63E356C9" w14:textId="63E882E2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...60 lines deleted...]
-        <w:t>денсаулық жағдайы туралы анықтама;</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной регистрации нормативных правовых актов под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11034432" w14:textId="3F688282" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="23853C42" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...40 lines deleted...]
-        <w:t xml:space="preserve">сихоневрологиялық ұйымнан анықтама; </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455BDD19" w14:textId="313513B2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="49657549" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">аркологиялық ұйымнан анықтама; </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703DE4FE" w14:textId="090DFB62" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="54514C08" w14:textId="42DED2EF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9)</w:t>
       </w:r>
-      <w:r w:rsidR="006D6D33">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (бар болса); </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификат Национального квалификационного тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - НКТ) или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удостоверение о наличии квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1186C71B" w14:textId="3A9B747D" w:rsidR="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="4DDEB8EE" w14:textId="60C3A448" w:rsidR="00DD09CB" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...18 lines deleted...]
-        <w:t>толтырылған бағалау парағы.</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) заполненный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D0BEB7" w14:textId="18ADF747" w:rsidR="0058040B" w:rsidRPr="0058040B" w:rsidRDefault="0058040B" w:rsidP="009B650A">
+    <w:p w14:paraId="4C82590A" w14:textId="41859064" w:rsidR="002E58C5" w:rsidRPr="002E58C5" w:rsidRDefault="002E58C5" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0058040B">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>) еңбек өтілімі жоқ үміткерлер 15 минуттан кем емес бейнепрезентация дайындау керек.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 х 480</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9120C2" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="74695D1F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">        3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөрмен куәландырады.</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Документы, указанные в подпунктах 3), 4), 5) заверяются печатью кадровой службой с места работы или ответственным работником организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA2BD65" w14:textId="564E8D46" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="0926663A" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Для участия в конкурсном назначении кандидат предоставляет на рассмотрение органу управления образованием материалы о его профессиональных достижениях, повышении квалификации, научных исследованиях, обобщении собственного педагогического опыта, наградах, информацию о достижении показателей эффективности.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A489C89" w14:textId="34D64D82" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="212C6B35" w14:textId="5EC9A3B1" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1415C" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t>оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E573A7" w14:textId="77777777" w:rsidR="00927359" w:rsidRPr="009B650A" w:rsidRDefault="00927359">
+    <w:p w14:paraId="40198335" w14:textId="77777777" w:rsidR="00034120" w:rsidRDefault="00034120" w:rsidP="000D0AFE">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00927359" w:rsidRPr="009B650A" w:rsidSect="009B650A">
+    <w:p w14:paraId="2DCB4F83" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRDefault="00315FB3" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00927359"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00FA5CD9"/>
+    <w:rsidRoot w:val="00E84E7E"/>
+    <w:rsid w:val="00034120"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="000E170F"/>
+    <w:rsid w:val="001510DF"/>
+    <w:rsid w:val="00152B41"/>
+    <w:rsid w:val="001A1273"/>
+    <w:rsid w:val="001B65D1"/>
+    <w:rsid w:val="002026EA"/>
+    <w:rsid w:val="00213C21"/>
+    <w:rsid w:val="0027761B"/>
+    <w:rsid w:val="002973E1"/>
+    <w:rsid w:val="002A49E8"/>
+    <w:rsid w:val="002E58C5"/>
+    <w:rsid w:val="00315FB3"/>
+    <w:rsid w:val="0032335C"/>
+    <w:rsid w:val="00465BBF"/>
+    <w:rsid w:val="00470491"/>
+    <w:rsid w:val="00473B03"/>
+    <w:rsid w:val="0049473F"/>
+    <w:rsid w:val="0049572B"/>
+    <w:rsid w:val="004D339C"/>
+    <w:rsid w:val="004E22AB"/>
+    <w:rsid w:val="00607A21"/>
+    <w:rsid w:val="00616B5F"/>
+    <w:rsid w:val="00630929"/>
+    <w:rsid w:val="00633886"/>
+    <w:rsid w:val="00672B92"/>
+    <w:rsid w:val="006D741D"/>
+    <w:rsid w:val="006E4196"/>
+    <w:rsid w:val="007D75B5"/>
+    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="008D7FB0"/>
+    <w:rsid w:val="00903014"/>
+    <w:rsid w:val="00905C19"/>
+    <w:rsid w:val="00991345"/>
+    <w:rsid w:val="009F59C2"/>
+    <w:rsid w:val="009F5B53"/>
+    <w:rsid w:val="00A44D96"/>
+    <w:rsid w:val="00A77350"/>
+    <w:rsid w:val="00AC4F80"/>
+    <w:rsid w:val="00AD7E37"/>
+    <w:rsid w:val="00AE4978"/>
+    <w:rsid w:val="00AF5A6C"/>
+    <w:rsid w:val="00B145AE"/>
+    <w:rsid w:val="00C35FB1"/>
+    <w:rsid w:val="00D1415C"/>
+    <w:rsid w:val="00D353F2"/>
+    <w:rsid w:val="00D721BE"/>
+    <w:rsid w:val="00DA77AE"/>
+    <w:rsid w:val="00DB0930"/>
+    <w:rsid w:val="00DB745A"/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:rsid w:val="00E84E7E"/>
+    <w:rsid w:val="00F8056A"/>
+    <w:rsid w:val="00FD5443"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="006D75FF"/>
+  <w14:docId w14:val="45A1B4D5"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3836,147 +3537,269 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="000D0AFE"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00315FB3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00315FB3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="008C4D49"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4049,449 +3872,578 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="000D0AFE"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00315FB3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00315FB3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="008C4D49"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="931594349">
+    <w:div w:id="127863403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{919F1110-A403-4E73-B1B1-37A81F8C4E58}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5405</Characters>
+  <Pages>1</Pages>
+  <Words>975</Words>
+  <Characters>5564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6341</CharactersWithSpaces>
+  <CharactersWithSpaces>6526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Смагулова Ж.А</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>