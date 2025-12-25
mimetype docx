--- v0 (2025-12-07)
+++ v1 (2025-12-25)
@@ -1,16395 +1,8859 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4202F044" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="00606749">
-[...43 lines deleted...]
-    <w:p w14:paraId="05C842F0" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="00606749">
+    <w:p w14:paraId="2502338B" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="002A1FCD" w:rsidRDefault="00A54FAF" w:rsidP="00A54FAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA4FDB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0083507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имени Мәшһүр Жүсіп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>города Павлодара» объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052478C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог дополнительного образования (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">қазақ тілінде </w:t>
+        <w:t xml:space="preserve">инструктору шахматного </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E2861">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>оқытатын</w:t>
+        <w:t xml:space="preserve">кружка </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E2861">
+      <w:r w:rsidRPr="0052478C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E2861">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0052478C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қосымша білім беру педагогі (білім беру ұйымдары жанындағы секциялар мен үйірмелер педагогі</w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...58 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00606749" w:rsidRPr="00606749" w14:paraId="7335EB19" w14:textId="77777777" w:rsidTr="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="2B76730A" w14:textId="77777777" w:rsidTr="009B6BD7">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="56C676C4" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="60803422" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16C70F1A" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="315CF7FC" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A24D25" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Мәшһүр Жүсіп атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Мәшһүр Жүсіп города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="001F4BA9" w14:paraId="5FB241E9" w14:textId="77777777" w:rsidTr="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="14F50883" w14:textId="77777777" w:rsidTr="009B6BD7">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="76891165" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="7A27FE00" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="036D3E84" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B484F1E" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...14 lines deleted...]
-          <w:p w14:paraId="1103F3F2" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50101B52" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Қ.Қамзин көшесі 62/1, </w:t>
+              <w:t>140000.Республика Казахстан, Павлодарская область,                                город Павлодар, улица К.Камзина 62/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="001F4BA9" w14:paraId="0DFB04AF" w14:textId="77777777" w:rsidTr="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="1602D2E4" w14:textId="77777777" w:rsidTr="009B6BD7">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="54976DEC" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="17543666" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="5060CE40" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B7B25C" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...14 lines deleted...]
-          <w:p w14:paraId="2CD54D16" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66423BF3" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 61-52-23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="00606749" w14:paraId="479A91D0" w14:textId="77777777" w:rsidTr="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="005B7B95" w14:paraId="6BBE50A4" w14:textId="77777777" w:rsidTr="009B6BD7">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="71EF702F" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="056120BD" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="09AFA746" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A31B711" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...14 lines deleted...]
-          <w:p w14:paraId="32B0E6FF" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60490128" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М.zhusup.pvl@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="00606749" w14:paraId="676498F0" w14:textId="77777777" w:rsidTr="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="2AB90839" w14:textId="77777777" w:rsidTr="009B6BD7">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD8B5DA" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="7F28A01B" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="07C52525" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549327D0" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="312EB1B7" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="006E2861" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6B4815" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2861">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006E2861">
+            <w:r w:rsidRPr="0052478C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">  , 1 жүктеме </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог дополнительного образования (педагог секций и кружков при организациях образования</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,1 ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="00606749" w14:paraId="3515AB52" w14:textId="77777777" w:rsidTr="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="1F5FFECC" w14:textId="77777777" w:rsidTr="009B6BD7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="194C18C4" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="177D4E33" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="175EC80F" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2DA5B0" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2A2DAB69" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00755BFA" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B3A1C65" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="002418CB" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="006E2861">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002418CB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006E2861">
+              </w:rPr>
+              <w:t xml:space="preserve">. Должностные обязанности: организует разнообразную творческую деятельность обучающихся в области дополнительного образования; комплектует состав обучающихся, воспитанников в кружках, секциях, студиях, клубных и других детских объединений, принимает меры по сохранению их в течение срока обучения; участвует в разработке и реализации образовательных программ дополнительного образования, составляет планы занятий и программы мероприятий, обеспечивает их выполнение; ведет установленную документацию; обеспечивает педагогически обоснованный выбор форм, средств и методов работы, исходя из психофизиологической целесообразности; выявляет творческие способности обучающихся, воспитанников, способствует развитию личности, удовлетворению образовательных потребностей обучающихся, воспитанников; организует самостоятельную деятельность обучающихся, воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой; обеспечивает и анализирует достижения обучающихся, воспитанников; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002418CB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оның ішінде зерттеу қызметін ұйымдастырады, білім беру процесіне инновациялық технологияларды қосады, оқытудың практикамен байланысын жүзеге асырады; білім алушылардың, тәрбиеленушілердің жетістіктерін қамтамасыз етеді және талдайды; білім беру бағдарламасын меңгеру нәтижесін бағалайды; дарынды және талантты білім алушыларды, тәрбиеленушілерді, оның ішінде ерекше білім берілуіне қажеттілігі бар балаларды қолдайды; әр түрлі деңгейдегі және бағыттағы іс-шараларға балалардың қатысуын ұйымдастырады; білім алушылардың, тәрбиеленушілердің каникулдық демалысын ұйымдастыруға қатысады; сабақтар өткізу кезінде еңбек қауіпсіздігі және еңбекті қорғау, өрт қауіпсіздігі жөніндегі қағидалардың сақталуын қамтамасыз етеді, балалардың өмірі мен денсаулығын сақтауға жауапты болады; ата-аналарға және оларды ауыстыратын тұлғаларға, сондай-ақ педагогтерге консультациялық көмек көрсетеді; әдістемелік кеңестердің, бірлестіктердің қызметіне, педагогикалық шеберлікті арттыруға бағытталған іс-шараларға қатысады; жүйелі түрде кәсіби біліктілігін арттырад</w:t>
-[...39 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>оценивает результат освоения образовательной программы; поддерживает одаренных и талантливых обучающихся, воспитанников, в том числе детей с особыми образовательными потребностями; организует участие детей в мероприятиях разного уровня и направленности; участвует в организации каникулярного отдыха обучающихся, воспитанников; обеспечивает при проведении занятий соблюдение правил по безопасности и охране труда, противопожарной безопасности, несет ответственность за сохранение жизни и здоровья детей; оказывает консультативную помощь родителям и лицам, их заменяющим, а также педагогам; участвует в деятельности методических советов, объединений, в мероприятиях, направленных на повышение педагогического мастерства; систематически повышает профессиональную квалификацию. 159. Должен знать: Конституцию Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "О противодействии коррупции" и иные нормативные правовые акты, регламентирующие образовательную деятельность, приоритетные направления развития образования Республики Казахстан; основы педагогики и психологии, трудового законодательства; нормы педагогической этики; методику воспитательной работы, современные педагогические технологии продуктивного, дифференцированного, развивающего обучения, реализации компетентностного подхода; методы установления контакта с обучающимися, воспитанниками разного возраста, их родителями (лицами, их заменяющими), педагогами, диагностики причин конфликтных ситуаций, их профилактики и разрешения; правила внутреннего трудового распорядка организации образования, правила безопасности и охраны труда, пожарной безопасности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="001F4BA9" w14:paraId="7720BB3D" w14:textId="77777777" w:rsidTr="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="172F8547" w14:textId="77777777" w:rsidTr="009B6BD7">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1B5A29E8" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="40BEA31D" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="6D0656D6" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C84628E" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="273E3A5E" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DC5C551" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4FDB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 124586 ,88 т</w:t>
+              <w:t>(min): 124586 ,88 т</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="000A7B26" w14:paraId="1476F0C4" w14:textId="77777777" w:rsidTr="009B6BD7">
-[...4 lines deleted...]
-          <w:p w14:paraId="3DBC0AD2" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="47253D2F" w14:textId="77777777" w:rsidTr="009B6BD7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1518A7E6" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="71F7F746" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEDD162" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50D6223A" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t xml:space="preserve">Квалификационные требования, предъявляемые к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57868A98" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="41EBF731" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="006E2861" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7FDBEF" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="002418CB" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2861">
+            <w:r w:rsidRPr="002418CB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">160. </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006E2861">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Требования к квалификации: высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или техническое и профессиональное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002418CB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Біліктілікке</w:t>
-[...2752 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>көрмелердің</w:t>
-[...757 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>образование педагогического профиля или по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора - не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя - не менее 4 лет; и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет; 161. Требования к квалификации с определением профессиональных компетенций: 1) "педагог-модератор": должен отвечать общим требованиям, предъявляемым к квалификации "педагог", а также: пользоваться навыками исследовательской, экспериментальной работы; вести работу по апробации новых методик; руководить детскими коллективами-победителями региональных (городских) выставок, олимпиад, соревнований; 2) "педагог-эксперт": должен отвечать требованиям, предъявляемым к квалификации "педагог-модератор ", а также: пользоваться методами исследовательской, экспериментальной работы; руководить детскими коллективами-победителями областных, республиканских конкурсов, выставок, олимпиад, соревнований; иметь методические публикации в педагогических изданиях; 3) "педагог-исследователь": должен отвечать требованиям, предъявляемым к квалификации "педагог-эксперт", а также: руководить детскими коллективами-победителями международных, республиканских конкурсов, выставок, олимпиад, соревнований; иметь авторские методические разработки; 4) "педагог-мастер": должен отвечать требованиям, предъявляемым квалификации " педагог-исследователь", а также: руководить детскими коллективами-победителями международных, республиканских конкурсов, выставок, олимпиад, соревнований; иметь авторские методические разработки; иметь методические материалы, получивших одобрение на областном учебно-методическом совете и РУМС</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="001F4BA9" w14:paraId="61AFC1E2" w14:textId="77777777" w:rsidTr="009B6BD7">
-[...7 lines deleted...]
-          <w:p w14:paraId="31FF3A23" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="001F4BA9" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="61B352D4" w14:textId="77777777" w:rsidTr="009B6BD7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA91A59" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="27662DA1" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4464C636" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...9 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6914E573" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>11.09.2023</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4FDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>19.09</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="00606749" w14:paraId="620E0DF9" w14:textId="77777777" w:rsidTr="009B6BD7">
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="20808EA2" w14:textId="77777777" w:rsidTr="009B6BD7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377D77FE" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5E5EACC1" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6371111B" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="711659A1" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AA1DBE" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA4FDB">
-[...188 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="01795673" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3043A8D6" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...219 lines deleted...]
-          <w:p w14:paraId="26F62F0E" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EB0F707" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...109 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...197 lines deleted...]
-          <w:p w14:paraId="4D77E52F" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5601A6DA" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...201 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...78 lines deleted...]
-          <w:p w14:paraId="0BA00ACA" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="186AD4D6" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...118 lines deleted...]
-          <w:p w14:paraId="15CAA6ED" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5573CED6" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...431 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>денсаулық</w:t>
-[...91 lines deleted...]
-          <w:p w14:paraId="1A7286C6" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D2D151" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36A92802" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="70B4E7A4" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...46 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1270928C" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="672768E6" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...258 lines deleted...]
-          <w:p w14:paraId="03B2B2B8" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF0362A" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="797EF69C" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="335AD7B4" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16C7C09A" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+          <w:p w14:paraId="3F11E457" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="0834863A" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C71B02E" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00BA4FDB">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606749" w:rsidRPr="001F4BA9" w14:paraId="7A74757C" w14:textId="77777777" w:rsidTr="009B6BD7">
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+      <w:tr w:rsidR="00A54FAF" w:rsidRPr="0083507A" w14:paraId="381A077E" w14:textId="77777777" w:rsidTr="009B6BD7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EEC9FFC" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083507A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="023F3D78" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00BA4FDB" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C27D28" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4FDB">
+            <w:r w:rsidRPr="0083507A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="4F25DBF7" w14:textId="77777777" w:rsidR="00606749" w:rsidRPr="00435407" w:rsidRDefault="00606749" w:rsidP="009B6BD7">
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E48560C" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="00435407" w:rsidRDefault="00A54FAF" w:rsidP="009B6BD7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Вакансия </w:t>
+              <w:t>Вакансия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60CC1653" w14:textId="77777777" w:rsidR="00606749" w:rsidRDefault="00606749" w:rsidP="00606749">
+    <w:p w14:paraId="599E2D6F" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="00A54FAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A85AF04" w14:textId="77777777" w:rsidR="00606749" w:rsidRDefault="00606749" w:rsidP="00606749">
+    <w:p w14:paraId="2441F22A" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRPr="0083507A" w:rsidRDefault="00A54FAF" w:rsidP="00A54FAF">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="0083507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="32871051" w14:textId="77777777" w:rsidR="00606749" w:rsidRDefault="00606749" w:rsidP="00606749">
+    <w:p w14:paraId="74B053F0" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRDefault="004D26CD"/>
+    <w:p w14:paraId="78AD0089" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="663CCFDC" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="68E9DF03" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="53F77EF7" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="0DA1C478" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="6130B7D9" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="070FE03A" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="0400303D" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="4A2EEBE2" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="220AA8D4" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="066B9D34" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="1F9910F0" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="6E705980" w14:textId="77777777" w:rsidR="00A54FAF" w:rsidRDefault="00A54FAF"/>
+    <w:p w14:paraId="7BF990CC" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...81 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C870CC" w:rsidRPr="00C870CC" w14:paraId="7D837073" w14:textId="77777777" w:rsidTr="00C051E9">
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="004D26CD" w14:paraId="1C630861" w14:textId="77777777" w:rsidTr="00C051E9">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="65E63B78" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21755EB2" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="5E40F853" w14:textId="62375067" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1295EAF2" w14:textId="5EABEDA9" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-                <w:szCs w:val="14"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:szCs w:val="14"/>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:szCs w:val="14"/>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:szCs w:val="14"/>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="367DE5FC" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="1E452923" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E47EA85" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00CB769E" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB769E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB769E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FCE31C" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1731EC92" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="0BA16724" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB769E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FE8BDF" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB769E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4548C1E7" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00606749">
-[...6 lines deleted...]
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714D492B" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="1343973C" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00606749">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFCF64D" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="230D83E2" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00606749">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F81AF3B" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="58893996" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23730A15" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F569243" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0735C486" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C0F44A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+    </w:p>
+    <w:p w14:paraId="696889C8" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2C3A4F" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="6A7AA1C2" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9C8316" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785DED9B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46715502" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D717C1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C5B44D" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
-[...246 lines deleted...]
-    <w:p w14:paraId="519CC61A" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="4AB6FB6A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0668A6B2" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="68D7E31A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CFA692" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="3D30553B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743619CF" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="02428AC9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A891442" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="4DD2E609" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DAFDC5" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="2ECFB6C6" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07464796" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="71A389B1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E34F0E1" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="29E63B3F" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C870CC" w:rsidRPr="00C870CC" w14:paraId="06802E0F" w14:textId="77777777" w:rsidTr="00C051E9">
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="004D26CD" w14:paraId="0BE6660F" w14:textId="77777777" w:rsidTr="00C051E9">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4009A1BC" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+          <w:p w14:paraId="007BA1C1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4C8E7367" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F90FA1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="0FEE028C" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AD954E6" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9AF6DA" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="38E47D51" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09FCCBA9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="421DCA4B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C870CC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D26CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="004D26CD" w14:paraId="3023D423" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E5F384" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BBCCEC" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB13587" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...54 lines deleted...]
-          <w:p w14:paraId="7E73A639" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5F53EF" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34CA9C31" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="698E1429" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BD6C091" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="0AA853BF" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>Біліктілік</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>санатының</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>болуы</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+    </w:p>
+    <w:p w14:paraId="76A17A9C" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="58A6606D" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="2BE9A3AA" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w14:paraId="3D38874D" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAB66F2" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169920D1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CE2911" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="0B8CAFAC" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5D0A2121" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="2F3C0060" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A5D26B" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="2BE720C4" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...68 lines deleted...]
-        <w:t>_________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C864523" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="5CE0DA64" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w14:paraId="39270A57" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C4878B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061729A2" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="7390B476" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A4DE21" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="11681253" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEA6D41" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="6093AC94" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786E4B93" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="1C508CF9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A563512" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="593CF2D0" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>Наградалары</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...104 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="123C04E9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>сондай-ақ</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">)  </w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183ED852" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="23950EFA" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3DFD8107" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="286C465E" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CD44ACE" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C870CC">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C870CC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">_ </w:t>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C870CC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004D26CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...100 lines deleted...]
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-    </w:p>
-[...28 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C870CC" w:rsidRPr="00B25802" w14:paraId="338E95CE" w14:textId="77777777" w:rsidTr="00C051E9">
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="7AA566BE" w14:textId="77777777" w:rsidTr="00C051E9">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7841EA82" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+          <w:p w14:paraId="00773049" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13CE8287" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+          <w:p w14:paraId="77841CE9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="74722DE9" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="797AE4B8" w14:textId="30FC2EAE" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0015C719" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="366389A0" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="002E00FE" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E83B397" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="23A389AE" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...40 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E5A7C9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>п</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8D99D2" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
-[...35 lines deleted...]
-    <w:p w14:paraId="3C52FF55" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
+    <w:p w14:paraId="2C62A01D" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="002E00FE" w:rsidRDefault="004D26CD" w:rsidP="004D26CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C870CC" w:rsidRPr="00B25802" w14:paraId="668100BB" w14:textId="77777777" w:rsidTr="00C051E9">
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="0DD920E2" w14:textId="77777777" w:rsidTr="00C051E9">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="571A2509" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA5470F" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3F214" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8AA4C1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADF88DB" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C92266D" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...198 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C870CC" w:rsidRPr="00B25802" w14:paraId="6172A564" w14:textId="77777777" w:rsidTr="00C051E9">
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="15E2AFFD" w14:textId="77777777" w:rsidTr="00C051E9">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCF2630" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="479964B9" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6EF8E018" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CB9DEB2" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A134BE" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D03FA" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00715450" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D03FA" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BC3B23" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D03FA" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E35586D" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="004D03FA" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F8E211A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A98E053" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="695BCCFE" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34863C9A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CCFA28F" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="649C0DC8" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C99695" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA2C5AB" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>деңгейі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28860E69" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E38B17" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="6B28AAE9" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62B9F0C9" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="01D40BBC" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3ED2EE82" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D14C872" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615A9860" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B948858" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F8045" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="5391BC4E" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1231904D" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1279A3EE" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F929FA6" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17039A5E" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0045D3AE" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11D67149" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC4C467" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>Білімі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19AF852F" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9518FD" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BEC9599" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E33F9CF" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B032AE7" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="43811CC3" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18F1D4C1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="107BB07B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="742E1348" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A69EA1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61204880" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8A3151" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0692A99A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="08180FF9" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B3937EF" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D23B685" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E1DFF56" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD932D3" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>туралы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7FA56A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DF9A867" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBE4989" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="134199DC" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E297908" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3814FCE0" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1835F678" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="693D0BF2" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>дипломның</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66001F26" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>және</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DB7E5A6" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F1D9EA" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="0EEED591" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56B85B13" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="798AC3B0" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B822455" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB8B236" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A999996" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A5CC69" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109FA579" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="579BD7D1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B343FF" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484443A9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE482CE" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427B25ED" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="096AD024" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>дипломға</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>қосымшаның</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>көшірмелері</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BF9CCA" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="6825616B" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12573839" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w14:paraId="7B83C987" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09D7468B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22B9F7C6" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53632006" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD06FC2" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="035C1655" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...300 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED17ED6" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FBCE47" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C870CC" w:rsidRPr="00B25802" w14:paraId="2061467C" w14:textId="77777777" w:rsidTr="00C051E9">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="258D2CAF" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="063FE4D8" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7D1727B9" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3481 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C44FE80" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7C5BECF3" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D9E1325" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64516FCB" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="233ABA9B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F158974" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1846E303" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="0020641A" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727FA295" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="11B605D3" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33F80779" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D4374E3" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FE810B1" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74D5232D" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FB35D20" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>қызметі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F085E22" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F0FF918" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="32D3F725" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08BD0FBA" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5810F868" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1E16A392" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="658DE031" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EDEB4EF" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10CFF557" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1503CD25" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DE1C34E" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690E7062" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69FA52C4" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43460A03" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70FAE2A3" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D58757" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="72D82191" w14:textId="77777777" w:rsidTr="00C051E9">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DE4541D" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0F0A34BD" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1595FC45" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...57 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B7B8753" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00B25802" w:rsidRDefault="00C870CC" w:rsidP="00C051E9">
-[...96 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="35FBB317" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="141252E6" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E02F75B" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C870CC" w:rsidRPr="00606749" w14:paraId="73470FA2" w14:textId="77777777" w:rsidTr="00C051E9">
+      <w:tr w:rsidR="004D26CD" w:rsidRPr="00B25802" w14:paraId="29DCC7A9" w14:textId="77777777" w:rsidTr="00C051E9">
         <w:trPr>
-          <w:trHeight w:val="687"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...33 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="688CAAC3" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...1465 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="777FFB0A" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="001235A7" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...62 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CEA6AC" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRPr="00B25802" w:rsidRDefault="004D26CD" w:rsidP="00C051E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="517FD0B8" w14:textId="77777777" w:rsidR="00C870CC" w:rsidRPr="00C870CC" w:rsidRDefault="00C870CC" w:rsidP="00C870CC">
-[...198 lines deleted...]
-    <w:sectPr w:rsidR="00E41512" w:rsidRPr="00C870CC" w:rsidSect="00C870CC">
+    <w:p w14:paraId="4A556CB8" w14:textId="77777777" w:rsidR="004D26CD" w:rsidRDefault="004D26CD" w:rsidP="00A54FAF"/>
+    <w:sectPr w:rsidR="004D26CD" w:rsidSect="004D26CD">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -16401,82 +8865,83 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009A05D7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C870CC"/>
+    <w:rsidRoot w:val="00C453D3"/>
+    <w:rsid w:val="004D26CD"/>
+    <w:rsid w:val="00A54FAF"/>
+    <w:rsid w:val="00C453D3"/>
+    <w:rsid w:val="00CB769E"/>
     <w:rsid w:val="00E41512"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2D665D10"/>
+  <w14:docId w14:val="7971DF70"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E10FD771-49C5-4C80-BBFA-F50E75559A60}"/>
+  <w15:docId w15:val="{08DBC8B7-46E0-4A77-9697-DCC061DD05F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -16836,93 +9301,93 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C870CC"/>
+    <w:rsid w:val="004D26CD"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C870CC"/>
+    <w:rsid w:val="004D26CD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
@@ -17213,54 +9678,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2578</Words>
-  <Characters>14701</Characters>
+  <Words>2595</Words>
+  <Characters>14798</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
+  <Lines>123</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17245</CharactersWithSpaces>
+  <CharactersWithSpaces>17359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>