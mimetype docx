--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -2,4502 +2,3175 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00BD2469" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="000D6CDE" w:rsidRPr="002F24B2" w:rsidRDefault="000D6CDE" w:rsidP="00C72A84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>КГКП «Детско-юношеский центр эколог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BD2469">
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F24B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">и </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00BD2469">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F24B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>и</w:t>
       </w:r>
-      <w:r w:rsidR="0012246A" w:rsidRPr="00BD2469">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F24B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Балалар жасөспірімдер экология және туризм орталығы</w:t>
-[...38 lines deleted...]
-        <w:t>МҚК</w:t>
+        <w:t xml:space="preserve"> туризма» </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD2469" w:rsidRDefault="00AB4752" w:rsidP="0012246A">
+    <w:p w:rsidR="000D6CDE" w:rsidRPr="002F24B2" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD2469">
+      <w:r w:rsidRPr="002F24B2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">бос </w:t>
+        <w:t>объявляет конкурс на</w:t>
       </w:r>
-      <w:r w:rsidR="00BD2469" w:rsidRPr="00BD2469">
+      <w:r w:rsidR="00D8176F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қосымша білім беру</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C53B9">
+      <w:r w:rsidR="0086538D" w:rsidRPr="002F24B2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> педагогы</w:t>
+        <w:t xml:space="preserve">вакантную должность </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD2469">
+      <w:r w:rsidR="00F4446E" w:rsidRPr="002F24B2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагога дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D70D9E" w:rsidRPr="00BD2469">
+      <w:r w:rsidR="002F24B2" w:rsidRPr="002F24B2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
-      </w:r>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="0089154B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...18 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...21 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00A545F1" w:rsidP="00A545F1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік қазыналық кәсіпорны</w:t>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осударственное казенное предприятие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Детско-юношеский центр экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и туризма» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...17 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>местонахождение, почтовый адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00A545F1">
-[...69 lines deleted...]
-              <w:t>Саматов көшесі, 1/2</w:t>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140000, Республика Казахстан, Павлодарская область, город Павлодар, улица Саматова,1\2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>номер телефона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> қабылдау бөлімі</w:t>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) 33-30-24 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">приемная; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...17 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FE110B" w:rsidRDefault="0089154B" w:rsidP="00CB6B4F">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="000D6CDE" w:rsidRPr="00C42B4B" w:rsidRDefault="00C1271B" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="00A545F1" w:rsidRPr="00FE110B">
+              <w:r w:rsidR="000D6CDE" w:rsidRPr="00C42B4B">
                 <w:rPr>
                   <w:rStyle w:val="user-accountaccent-letter"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
-              <w:r w:rsidR="00A545F1" w:rsidRPr="00FE110B">
+              <w:r w:rsidR="000D6CDE" w:rsidRPr="00C42B4B">
                 <w:rPr>
                   <w:rStyle w:val="user-accountname"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>kotyr@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="000D6CDE" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rStyle w:val="user-accountname"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="0089154B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...19 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="004F2A50" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
-[...2 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="004F2A50" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidRDefault="00BD2469" w:rsidP="0089154B">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="00F4446E" w:rsidP="00C1271B">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қосымша білім беру педагогы</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Педагог доп</w:t>
+            </w:r>
+            <w:r w:rsidR="008A38C2" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лни</w:t>
+            </w:r>
+            <w:r w:rsidR="008A38C2" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ельного образования</w:t>
+            </w:r>
+            <w:r w:rsidR="00F63A78">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="0089154B">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="00C1271B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>өлкетану</w:t>
-[...6 lines deleted...]
-                <w:bCs/>
+              <w:t>краеведение</w:t>
+            </w:r>
+            <w:r w:rsidR="00F63A78">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE110B">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>, 1 бірлік</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2266">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="0089154B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="004F2A50" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...2 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сновные функциональные </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A015B" w:rsidRDefault="009A015B" w:rsidP="00AC6017">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует разнообразную творческую деятельность обучающихся в области </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>экологического и туристско-краеведческого дополнительного образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>комплектует состав обучающихся, воспитанников в кружках, секциях, студиях, клубных и других детских объединений, принимает меры по сохранению их в течение срока обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участвует в разработке и реализации образовательных программ дополнительного образования, составляет планы занятий и программы мероприятий, обеспечивает их выполнение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ведет установленную документацию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечивает педагогически обоснованный выбор форм, средств и методов работы, исходя из психофизиологической целесообразности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>выявляет творческие способности обучающихся, воспитанников, способствует развитию личности, удовлетворению образовательных потребностей обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организует самостоятельную деятельность обучающихся, воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечивает и анализирует достижения обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оценивает результат освоения образовательной программы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>поддерживает одаренных и талантливых обучающихся, воспитанников, в том числе детей с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:tab/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организует участие детей в мероприятиях разного уровня и направленности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участвует в организации каникулярного отдыха обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечивает при проведении занятий соблюдение правил по безопасности и охране труда, противопожарной безопасности, несет ответственность за сохранение жизни и здоровья детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказывает консультативную помощь родителям и лицам, их заменяющим, а также педагогам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участвует в деятельности методических советов, объединений, в мероприятиях, направленных на повышение педагогического мастерства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC768A" w:rsidRPr="00EC768A" w:rsidRDefault="00EC768A" w:rsidP="00EC768A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC768A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>систематически повышает профессиональную квалификацию.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="004F2A50" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00FE110B" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...2 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="000D6CDE" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>азмер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="00C42B4B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...31 lines deleted...]
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="00C42B4B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...32 lines deleted...]
-              <w:t>- жоғары білім (min): 128 200  теңге</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 115 200 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="00C42B4B">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 128 200 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="0089154B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...18 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00C42B4B" w:rsidRDefault="00B1578A" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w:rsidR="00715E75" w:rsidRPr="00C42B4B" w:rsidRDefault="00715E75" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00C42B4B" w:rsidRDefault="00715E75" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
+          <w:p w:rsidR="00B909B2" w:rsidRPr="00B909B2" w:rsidRDefault="00B909B2" w:rsidP="00B909B2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...10 lines deleted...]
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
+            <w:r w:rsidRPr="00B909B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B909B2" w:rsidRPr="00B909B2" w:rsidRDefault="00B909B2" w:rsidP="00B909B2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...39 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="00B909B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B909B2" w:rsidRDefault="00B909B2" w:rsidP="00B909B2">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B909B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...22 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00C42B4B" w:rsidRDefault="00B1578A" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidRDefault="00B1578A" w:rsidP="00932150">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00C42B4B" w:rsidRDefault="00470938" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="004E3B98">
-[...58 lines deleted...]
-            <w:r w:rsidR="00BD2469" w:rsidRPr="00FE110B">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00C42B4B" w:rsidRDefault="00507C1C" w:rsidP="00507C1C">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="002F24B2" w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidR="00C42B4B" w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00BD2469" w:rsidRPr="00FE110B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-26</w:t>
+            </w:r>
+            <w:r w:rsidR="00E130D9" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C42B4B" w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00E130D9" w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="0089154B" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidTr="000D6CDE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
-[...18 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00FE110B" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="000D6CDE">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t xml:space="preserve">Перечень </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
-            <w:pPr>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...24 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE110B">
-[...180 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...232 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...109 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...218 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...212 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...79 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...119 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...197 lines deleted...]
-              <w:t>Қ</w:t>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FE110B">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00FE110B">
-[...330 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
-            <w:pPr>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...46 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
-            <w:pPr>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...271 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE110B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE110B" w:rsidRPr="00FE110B" w:rsidRDefault="00FE110B" w:rsidP="00FE110B">
-            <w:pPr>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C42B4B" w:rsidRPr="00C42B4B" w:rsidRDefault="00C42B4B" w:rsidP="002F3541">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00FE110B">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C42B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0089154B" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="0089154B" w:rsidSect="00DB5787">
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C42B4B" w:rsidRDefault="00C42B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003254D0" w:rsidRDefault="003254D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003254D0" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -4848,54 +3521,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4961,50 +3634,276 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="2D961427"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F5C4C34"/>
+    <w:lvl w:ilvl="0" w:tplc="1D301948">
+      <w:start w:val="20"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="53FD65D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="14AA1EFA"/>
+    <w:lvl w:ilvl="0" w:tplc="1D301948">
+      <w:start w:val="20"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5073,51 +3972,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5167,724 +4066,801 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="63"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000023AA"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="000332DF"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D6CDE"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
-    <w:rsid w:val="0012246A"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001504A9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E538E"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
-    <w:rsid w:val="00211F66"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00221A57"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="00282F15"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00293F2D"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F24B2"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003254D0"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
-    <w:rsid w:val="00392795"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C5A44"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D1FC5"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
-    <w:rsid w:val="00445AF2"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B08C8"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B2BCD"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004C2266"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
-    <w:rsid w:val="004E3B98"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00500427"/>
+    <w:rsid w:val="005013F9"/>
+    <w:rsid w:val="005071C9"/>
+    <w:rsid w:val="00507C1C"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
-    <w:rsid w:val="00593B75"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D1C60"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D5F10"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="00670B8B"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00702499"/>
+    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00710ABC"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="0074228B"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="00751711"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C2028"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007E3DF8"/>
     <w:rsid w:val="007F3DBC"/>
-    <w:rsid w:val="007F559F"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="0086538D"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00871EB3"/>
+    <w:rsid w:val="00871480"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
-    <w:rsid w:val="0089154B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A38C2"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C53B9"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
-    <w:rsid w:val="009A015B"/>
     <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A2FD3"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D5ECE"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A545F1"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A80241"/>
+    <w:rsid w:val="00A84577"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB4752"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AC6017"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1212E"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B31466"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B42F37"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B63009"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B909B2"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
-    <w:rsid w:val="00BD2469"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C0580B"/>
+    <w:rsid w:val="00C123BA"/>
+    <w:rsid w:val="00C1271B"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C42B4B"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C55F69"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C83A33"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CE0AB8"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8176F"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB59B7"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC46B8"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E130D9"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20ECF"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E277AE"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
-    <w:rsid w:val="00E50AD6"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E634C5"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E678F7"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E85D57"/>
+    <w:rsid w:val="00E81742"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB014B"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC508D"/>
     <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC6B9E"/>
+    <w:rsid w:val="00EC768A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F1120C"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F35477"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F4446E"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63A78"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA6FF3"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FE110B"/>
+    <w:rsid w:val="00FD613F"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -5919,51 +4895,51 @@
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6074,52 +5050,52 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
     <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
@@ -6175,134 +5151,162 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
-[...2 lines deleted...]
-    <w:rsid w:val="00A545F1"/>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D6CDE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountaccent-letter">
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
-    <w:rsid w:val="00A545F1"/>
+    <w:link w:val="ac"/>
+    <w:rsid w:val="000D6CDE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
-    <w:rsid w:val="00A545F1"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="000D6CDE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D6CDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
+    <w:name w:val="user-account__name"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="000D6CDE"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountaccent-letter">
+    <w:name w:val="user-account__accent-letter"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="000D6CDE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6413,52 +5417,52 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
     <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
@@ -6514,93 +5518,147 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
-[...2 lines deleted...]
-    <w:rsid w:val="00A545F1"/>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D6CDE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountaccent-letter">
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
-    <w:rsid w:val="00A545F1"/>
+    <w:link w:val="ac"/>
+    <w:rsid w:val="000D6CDE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
-    <w:rsid w:val="00A545F1"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="000D6CDE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D6CDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
+    <w:name w:val="user-account__name"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="000D6CDE"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountaccent-letter">
+    <w:name w:val="user-account__accent-letter"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="000D6CDE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="623123862">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="873152981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6898,78 +5956,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0363D4D0-674C-42AB-8143-882795964037}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D56E511D-C450-42C9-A3F7-6F41BD34C3AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>906</Words>
-  <Characters>5169</Characters>
+  <Words>908</Words>
+  <Characters>5181</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ECO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6063</CharactersWithSpaces>
+  <CharactersWithSpaces>6077</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>