--- v0 (2025-12-26)
+++ v1 (2026-03-23)
@@ -2,1338 +2,1337 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BD4719" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+    <w:p w:rsidR="00BD4719" w:rsidRPr="00FA263E" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA263E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының №120 сәбилер бақшасы-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD4719" w:rsidRPr="00FA263E" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r w:rsidRPr="00FA263E">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>КГКП «</w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Этномәдени тәрбие беру орталығы» </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00FA263E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ясли-сад</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> КМҚК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD4719" w:rsidRPr="008B4902" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00BD4719" w:rsidRPr="00FA263E" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FA263E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
+        <w:t xml:space="preserve"> қазақ тілінде оқытатын   </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">временно </w:t>
+        <w:t>информатика мұғалімі</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B4902">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FA263E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учитель информатики</w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> государственным языком обучения </w:t>
+        <w:t xml:space="preserve">  бос лауазымына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6A30" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+    <w:p w:rsidR="00BD4719" w:rsidRPr="00FA263E" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA263E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA263E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...16 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="333"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="7680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001E03AD" w:rsidTr="00BD4719">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="006464F0" w:rsidRDefault="00E940C5" w:rsidP="00F25CB7">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="00F31EDC" w:rsidRDefault="00BD4719" w:rsidP="00F25CB7">
             <w:pPr>
               <w:pStyle w:val="ab"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F31EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DC2459">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F31EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077256F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Коммунальном государственном казенном предприятии КГКП «Ясли-сад № 120 города Павлодара-Этнокультурная воспитания » отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077256F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәбилер бақшасы- Этномәдени тәрбие беру орталығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077256F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» коммуна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F31EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лдық мемлекеттік қазыналық кәсіпорны. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidTr="00BD4719">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="006464F0" w:rsidRDefault="00E940C5" w:rsidP="00F25CB7">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="00F31EDC" w:rsidRDefault="00BD4719" w:rsidP="00F25CB7">
             <w:pPr>
               <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F31EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шокин</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F31EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>, Павлодар</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F31EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidTr="00BD4719">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="006464F0" w:rsidRDefault="00E940C5" w:rsidP="00E940C5">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="00F31EDC" w:rsidRDefault="00BD4719" w:rsidP="00F25CB7">
             <w:pPr>
               <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F31EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 67-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-              <w:t>45</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidTr="00BD4719">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="00E940C5">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="00EB3FA6" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB3FA6">
+            <w:r w:rsidRPr="008B6A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sad12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EB3FA6">
+            <w:r w:rsidRPr="008B6A30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001E03AD" w:rsidTr="00BD4719">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="0096488A">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="001E03AD">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қазақ тілінде </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Учитель информатики </w:t>
-[...19 lines deleted...]
-              <w:t>0,5 ставки</w:t>
+              <w:t>оқытатын информатика мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E03AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүтемесі 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001E03AD" w:rsidTr="00BD4719">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidTr="00BD4719">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001E03AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>66500</w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="0096488A">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="001E03AD">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001E03AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>68</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="001E03AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">500 </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="0096488A">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001E03AD" w:rsidTr="00BD4719">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...7 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidTr="00BD4719">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="008D234C" w:rsidRDefault="00E940C5" w:rsidP="00E940C5">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>19.09-27</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1348,6451 +1347,10857 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001E03AD" w:rsidTr="00BD4719">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ақатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратынқұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ққұжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іспарағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...52 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E940C5" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...174 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:sz w:val="21"/>
-[...33 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...24 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+      <w:tr w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidTr="00BD4719">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок временно вакантной должности</w:t>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="8556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E940C5" w:rsidRPr="008B6A30" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+          <w:p w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>постоянно</w:t>
+              <w:t>ТҰРАҚТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003A3783" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003A3783" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...93 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003A3783" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога _________________________________________________________________________________________  </w:t>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003A3783" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>(фамилия, имя, отчество</w:t>
+        <w:t>ар болса</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...10 lines deleted...]
-        <w:t>(при его наличии))</w:t>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
-        <w:tblInd w:w="-951" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...10 lines deleted...]
-                <w:spacing w:val="2"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...27 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...18 lines deleted...]
-              <w:t>ценка</w:t>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...11 lines deleted...]
-                <w:spacing w:val="2"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...95 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006464F0">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...11 lines deleted...]
-                <w:spacing w:val="2"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...11 lines deleted...]
-                <w:spacing w:val="2"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...12 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...26 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...87 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006464F0">
-[...90 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="001E03AD" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...10 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...9 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...45 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...10 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...9 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...48 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...6 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="001E03AD" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...11 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...21 lines deleted...]
-              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...74 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...73 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="001E03AD" w:rsidTr="00BF7848">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...8 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...6 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...128 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...9 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...6 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...6 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006464F0">
-[...14 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="001E03AD" w:rsidTr="00BF7848">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...9 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...71 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...37 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="001E03AD" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="3927"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...2 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...6 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...47 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Нормативтік құқықтық актілерді мемлекеттік тіркеу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>12</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...89 lines deleted...]
-              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...8 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-              <w:t>Итого:</w:t>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...600 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...35 lines deleted...]
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...10 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...29 lines deleted...]
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-        <w:t>_____________________</w:t>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-        <w:t>____________________</w:t>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...35 lines deleted...]
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>______________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені _____________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>____________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...16 lines deleted...]
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...11 lines deleted...]
-        <w:t>___________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>_________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>_____________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2123"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2755"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>подтверждения):______________</w:t>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t>______________________________</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:t>Стаж педагогической работы:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>___________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>___________</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>_____________________</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
-[...7 lines deleted...]
-    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:i/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidR="007C31B3">
-[...2 lines deleted...]
-          <w:noProof/>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="006A61C1" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="00907485" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB338D" w:rsidRPr="00907485" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6A30" w:rsidRPr="008B6A30" w:rsidRDefault="008B6A30" w:rsidP="001F4BA9">
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008B6A30" w:rsidRPr="008B6A30" w:rsidSect="00DB5787">
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD4719" w:rsidRDefault="00BD4719" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD4719" w:rsidRDefault="00BD4719" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD4719" w:rsidRDefault="00BD4719" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD4719" w:rsidRDefault="00BD4719" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD4719" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BD4719" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8561,50 +12966,51 @@
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E03AD"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
@@ -8827,51 +13233,50 @@
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C31B3"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
@@ -8893,51 +13298,50 @@
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
-    <w:rsid w:val="0096488A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
@@ -8988,50 +13392,51 @@
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB338D"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD4719"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C4202F"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
@@ -9125,51 +13530,50 @@
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E940C5"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB3FA6"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F12D27"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F77022"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
@@ -9179,51 +13583,51 @@
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1028"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10195,78 +14599,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{984C3538-785C-433C-82A8-347E546F958B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FE29B68-3E5F-475A-8F63-DD0197B68EDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1655</Words>
-  <Characters>9437</Characters>
+  <Words>1931</Words>
+  <Characters>11007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11070</CharactersWithSpaces>
+  <CharactersWithSpaces>12913</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>