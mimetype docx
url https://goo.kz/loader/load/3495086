--- v0 (2025-12-11)
+++ v1 (2025-12-12)
@@ -255,51 +255,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10738" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="416"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="2701"/>
         <w:gridCol w:w="3219"/>
         <w:gridCol w:w="3651"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00BD54A9" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00D0624A" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
               <w:rPr>
@@ -600,51 +600,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>sad6@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00BD54A9" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00D0624A" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
               <w:rPr>
@@ -735,51 +735,51 @@
             </w:r>
             <w:r w:rsidR="00C861C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1  еңбекақы мөлшермен</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00BD54A9" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00D0624A" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -852,51 +852,51 @@
             <w:r w:rsidRPr="0015098B">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>жүргізеді;ерекше білім беру қажеттіліктерін командалық бағалауды жүргізуге қатысады;психологиялық-педагогикалық түзету кабинеттерінің, оңалту орталықтарының, аутизм орталықтарының арнайы педагогы білім беру ұйымының жоспары мен кестесі бойынша жеке, кіші топтық және топтық сабақтар өткізеді;жеке оқу, жеке-дамыту, түзету-дамыту бағдарламаларын әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)өткізеді; өзінің кәсіби құзыреттілігін арттырады;әдістемелік кеңестердің, әдістемелік бірлестіктердің, желілік қоғамдастықтардың отырыстарына қатысады; ерекше білім берілуіне қажеттілігі бар тұлғаларға қоғамның толерантты қарым-қатынасын қалыптастыру бойынша жұмыс жүргізеді;еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды;тәрбие процесі кезеңінде балалардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C861C5" w:rsidRPr="0015098B" w:rsidRDefault="00C861C5" w:rsidP="005B0E3E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00BD54A9" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00D0624A" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2679,96 +2679,96 @@
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C861C5" w:rsidRPr="004758F1" w:rsidRDefault="00BD54A9" w:rsidP="00C861C5">
+          <w:p w:rsidR="00C861C5" w:rsidRPr="004758F1" w:rsidRDefault="00D0624A" w:rsidP="00C861C5">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">21 .09.23-29.09.2023 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00BD54A9" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00D0624A" w:rsidTr="00C861C5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="566" w:type="dxa"/>
           <w:trHeight w:val="5802"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRPr="00781ADC" w:rsidRDefault="00C861C5" w:rsidP="00C861C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781ADC">
@@ -5103,51 +5103,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001C0F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">(уақытша, негізгі қызметкердің бала күтімі бойынша демалысы кезеңіне,  </w:t>
             </w:r>
             <w:r w:rsidR="001C0F8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">11.11.26  жылға дейін)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C861C5" w:rsidRPr="00BD54A9" w:rsidTr="00C861C5">
+      <w:tr w:rsidR="00C861C5" w:rsidRPr="00D0624A" w:rsidTr="00C861C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="601" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00C861C5" w:rsidRDefault="00C861C5" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
@@ -7380,51 +7380,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0039596B" w:rsidRPr="00BD54A9" w:rsidTr="0039596B">
+      <w:tr w:rsidR="0039596B" w:rsidRPr="00D0624A" w:rsidTr="0039596B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -8016,51 +8016,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0039596B" w:rsidRPr="00BD54A9" w:rsidTr="0039596B">
+      <w:tr w:rsidR="0039596B" w:rsidRPr="00D0624A" w:rsidTr="0039596B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -8242,51 +8242,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0039596B" w:rsidRPr="00BD54A9" w:rsidTr="0039596B">
+      <w:tr w:rsidR="0039596B" w:rsidRPr="00D0624A" w:rsidTr="0039596B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -9636,51 +9636,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0039596B" w:rsidRPr="00BD54A9" w:rsidTr="0039596B">
+      <w:tr w:rsidR="0039596B" w:rsidRPr="00D0624A" w:rsidTr="0039596B">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -9952,51 +9952,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0039596B" w:rsidRPr="00BD54A9" w:rsidTr="0039596B">
+      <w:tr w:rsidR="0039596B" w:rsidRPr="00D0624A" w:rsidTr="0039596B">
         <w:trPr>
           <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0039596B" w:rsidRDefault="0039596B" w:rsidP="00D3637B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
@@ -13018,52 +13018,52 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002144A5"/>
     <w:rsid w:val="0015098B"/>
     <w:rsid w:val="001C0F8F"/>
     <w:rsid w:val="00212189"/>
     <w:rsid w:val="002144A5"/>
     <w:rsid w:val="00252FE6"/>
     <w:rsid w:val="00286E22"/>
     <w:rsid w:val="002C26A7"/>
     <w:rsid w:val="0039596B"/>
     <w:rsid w:val="0042592D"/>
     <w:rsid w:val="00483B74"/>
     <w:rsid w:val="005B0E3E"/>
     <w:rsid w:val="00634DDD"/>
     <w:rsid w:val="0070049C"/>
-    <w:rsid w:val="00BD54A9"/>
     <w:rsid w:val="00C861C5"/>
+    <w:rsid w:val="00D0624A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{20E5FD9B-A398-814E-9664-567A05E7D67E}"/>
@@ -13882,51 +13882,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
+  <Pages>1</Pages>
   <Words>1979</Words>
   <Characters>11281</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>94</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>13234</CharactersWithSpaces>