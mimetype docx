--- v0 (2025-12-05)
+++ v1 (2026-01-13)
@@ -1,2035 +1,1535 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7711782E" w14:textId="27534683" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="00847505" w:rsidP="00847505">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w14:paraId="13464C1F" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...100 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара – Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE30094" w14:textId="34ED2562" w:rsidR="005C1EC1" w:rsidRPr="00C5201D" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidR="00C5201D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя казахского языка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4199F3E6" w14:textId="72FD51A1" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...129 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2E98FE" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B02B53" w14:textId="57EA75F0" w:rsidR="005C1EC1" w:rsidRDefault="007D4C38" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="005C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="008D78C1">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00DD3ED5" w:rsidRPr="002D73E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="005C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="006E7802">
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00CA09F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00847505" w:rsidRPr="00847505">
-[...22 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="005C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г.  1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3ED5" w:rsidRPr="002D73E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580EEF5D" w14:textId="77777777" w:rsidR="006B3221" w:rsidRPr="006B3221" w:rsidRDefault="00847505" w:rsidP="006B3221">
+    <w:p w14:paraId="197B144D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00847505">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаласының №</w:t>
-[...103 lines deleted...]
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3, телефон 8 (7812) 63-23-46; эл.почта: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010F08B5" w14:textId="06A737A8" w:rsidR="00847505" w:rsidRPr="00847505" w:rsidRDefault="0063071E" w:rsidP="00847505">
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="21C69F46" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ясли-сад с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD8F6FA" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...432 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D87B7A7" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9D4B8C" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F681773" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2758453C" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0064D9F4" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380A203C" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77837948" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D0C56E" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2932D39F" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DED3941" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BA38D3" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7322B1B1" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1507D89A" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690D44D0" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D15DA98" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6FDCCD" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00766750" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59661C70" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5DCD41" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52981060" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB923F1" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA4B211" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4FDDAA" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF79208" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с особыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAA1D7D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3A236B" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106DA600" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59861794" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Внедряет концепцию «Образование, основанное на ценностях»; в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084370D8" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...260 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E4CCD69" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...83 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0370FECE" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20EBC728" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1044045A" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C67BABA" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2803EC94" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...419 lines deleted...]
-    <w:p w14:paraId="179C4C91" w14:textId="77777777" w:rsidR="006B3221" w:rsidRPr="006B3221" w:rsidRDefault="00847505" w:rsidP="006B3221">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В течение 7 рабочих дней со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3997BF09" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00847505">
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D888ADF" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A44553E" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A870942" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697B0BBB" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307DEE36" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2848F5" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2683D9D0" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B47CF3D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) справку с психоневрологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE6265B" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) справку с наркологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245A710A" w14:textId="72EADF3D" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) справк</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>63</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00847505">
+        <w:t>у с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тубдиспансер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAF4966" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9FB3CF" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C1D94D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBA354B" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации:         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159B3B51" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8 (7812) 63-23-46 ; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электронный адрес</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00847505">
-[...21 lines deleted...]
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006B3221" w:rsidRPr="006B3221">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC3C3C7" w14:textId="0D5BD8E4" w:rsidR="00847505" w:rsidRDefault="00847505" w:rsidP="00AE63E4">
-[...8 lines deleted...]
-    <w:p w14:paraId="50DCBDAE" w14:textId="06C9205D" w:rsidR="00847505" w:rsidRPr="006B3221" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="7F3F4752" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EB46B4C" w14:textId="1D09B820" w:rsidR="00B0200E" w:rsidRDefault="00B0200E"/>
+    <w:p w14:paraId="18E96710" w14:textId="4D239692" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="69543CFF" w14:textId="5FB4FA4C" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="3CF31285" w14:textId="541A5B25" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="12278AB0" w14:textId="1200392A" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="2D9DAEB7" w14:textId="15446DA3" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="7D2EC0CE" w14:textId="05A7A0B1" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="0ACC518A" w14:textId="5B60C730" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="2AC67526" w14:textId="1A88FE2F" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="148C2093" w14:textId="5ECA7686" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="1831EBB1" w14:textId="4E2BA630" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="7B9364D0" w14:textId="608F768C" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="38065937" w14:textId="66995451" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="23449041" w14:textId="185EC583" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="06CBF967" w14:textId="5A2B8A7B" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="536C7503" w14:textId="02D1D640" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="471506C7" w14:textId="0CB1DC9C" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="1E690EC3" w14:textId="3F680A42" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="155E6164" w14:textId="60CB03E1" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="6760C4AC" w14:textId="0665F6F2" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:p w14:paraId="10BF4A14" w14:textId="77777777" w:rsidR="00847505" w:rsidRDefault="00847505"/>
     <w:sectPr w:rsidR="00847505" w:rsidSect="009563CF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -2129,95 +1629,99 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5629" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6349" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7069" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1227181778">
+  <w:num w:numId="1" w16cid:durableId="2104715968">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00843E0B"/>
-    <w:rsid w:val="0029784F"/>
+    <w:rsid w:val="0000115B"/>
+    <w:rsid w:val="00251895"/>
     <w:rsid w:val="002B1916"/>
-    <w:rsid w:val="004432C8"/>
+    <w:rsid w:val="002D73E8"/>
     <w:rsid w:val="004C5404"/>
     <w:rsid w:val="005C1EC1"/>
+    <w:rsid w:val="00606428"/>
     <w:rsid w:val="0063071E"/>
+    <w:rsid w:val="006A2978"/>
     <w:rsid w:val="006B3221"/>
-    <w:rsid w:val="006E7802"/>
     <w:rsid w:val="006F3372"/>
+    <w:rsid w:val="007D4C38"/>
     <w:rsid w:val="00843E0B"/>
     <w:rsid w:val="00847505"/>
-    <w:rsid w:val="008D78C1"/>
+    <w:rsid w:val="008826F7"/>
     <w:rsid w:val="009563CF"/>
     <w:rsid w:val="00A74238"/>
     <w:rsid w:val="00AE63E4"/>
     <w:rsid w:val="00B0200E"/>
-    <w:rsid w:val="00B64D92"/>
+    <w:rsid w:val="00C5201D"/>
+    <w:rsid w:val="00CA09F4"/>
+    <w:rsid w:val="00CF6646"/>
     <w:rsid w:val="00D45172"/>
-    <w:rsid w:val="00DB4293"/>
+    <w:rsid w:val="00DD3ED5"/>
     <w:rsid w:val="00F46677"/>
-    <w:rsid w:val="00FB2D2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FA33660"/>
@@ -3007,81 +2511,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58DC6194-EAA1-40F9-998F-398BF76FFB58}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43E12EC5-BA73-4595-88D4-2B028C2A7B9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5957</Characters>
+  <Pages>4</Pages>
+  <Words>1040</Words>
+  <Characters>5931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6988</CharactersWithSpaces>
+  <CharactersWithSpaces>6958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>