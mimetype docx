--- v0 (2025-12-08)
+++ v1 (2025-12-18)
@@ -1,17943 +1,10019 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="3FB8A80E" w14:textId="593282ED" w:rsidR="000D6022" w:rsidRPr="00EE5E7E" w:rsidRDefault="00EF1FD6" w:rsidP="000D6022">
+    <w:p w14:paraId="5F5BE3B8" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00EE5E7E" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...114 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  бос </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имени Мәшһүр Жүсіп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>города Павлодара» объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>басшының оқу-ісі жұмысы жөніндегі орынбасары</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аместител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ның бос</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работе</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6804"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00065341" w14:paraId="336F8559" w14:textId="77777777" w:rsidTr="00F820F4">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="4C7B43FD" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="58217B79" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="633BE2EF" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="178AB2D1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7DC38B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C3615E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Машһүр Жүсіп города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00067D08" w14:paraId="60CBC6B1" w14:textId="77777777" w:rsidTr="00F820F4">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="6F98BAEF" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="585B7748" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="2FEC3008" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47FBD7BA" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FB64B2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...14 lines deleted...]
-          <w:p w14:paraId="238FDADB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00873C6B">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5152C692" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t>140000.Республика Казахстан, Павлодарская область,                                город Павлодар, улица К.Камзина 62/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00067D08" w14:paraId="4439302B" w14:textId="77777777" w:rsidTr="00F820F4">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="7839DF34" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="04926AEB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5148523E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="001C5B18" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E87F242" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...14 lines deleted...]
-          <w:p w14:paraId="5ADF5127" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2065B0BC" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...80 lines deleted...]
-              <w:t>23</w:t>
+              <w:t>8 (7182) 61-52-23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00065341" w14:paraId="46CD3BC3" w14:textId="77777777" w:rsidTr="00F820F4">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00434D7A" w14:paraId="4B4CE75C" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="60F9B22B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5F34D5F5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6634FF93" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="090112D1" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...14 lines deleted...]
-          <w:p w14:paraId="1A3D9015" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00067D08" w:rsidRDefault="00DE7811" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="093B843E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М.zhusup.pvl@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00065341" w14:paraId="24AE359F" w14:textId="77777777" w:rsidTr="00EE5E7E">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="224C6A4D" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
-          <w:trHeight w:val="616"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7A8247" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="60548E09" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="58E4C0D9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D9D267" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5AC7239D" w14:textId="5305962F" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="00F820F4" w:rsidP="00CB6B4F">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6978D0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Б</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB6A34" w:rsidRPr="00067D08">
+              <w:t>З</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="000D6022" w:rsidRPr="00067D08">
+              </w:rPr>
+              <w:t>аместител</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оқу -ісі </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB6A34" w:rsidRPr="00067D08">
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">жұмысы жөніндегі орынбасары 1 жүктеме </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,1 ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00065341" w14:paraId="7AC75A70" w14:textId="77777777" w:rsidTr="00F820F4">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="0DB4BB57" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A4BEAB4" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6896E24A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D77E257" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F74144F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...871 lines deleted...]
-          <w:p w14:paraId="0CE6513D" w14:textId="3DE07FEF" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="00FB6A34" w:rsidP="000D6022">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="233C1C54" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...23 lines deleted...]
-              <w:t>Қазақстан Республикасының Конституциясы, Қазақстан Республикасының Еңбек Кодексі, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", " Сыбайлас жемқорлыққа қарсы іс-қимыл туралы", "Қазақстан Республикасындағы тіл туралы" Заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын өзге де нормативтік құқықтық актілер; педагогика және психология негіздері; мемлекеттік жалпыға міндетті білім беру стандарты, үлгілік оқу бағдарламалары, үлгілік оқу жоспарлары, педагогикалық ғылым мен практиканың жетістіктері; педагогикалық этиканың нормалары; менеджмент, қаржы-шаруашылық қызмет негіздері; еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар мен нормалар</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должностные обязанности: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54177F48" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Освоение и выполнение документов по реализации закона» Об образовании", указаний в методическом инструктивном письме, стандарте МБОУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="247AD2E9" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Управление, контроль за исполнением закона "Об образовании", закона "О языках";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16FA01C0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- составление месячного и еженедельного плана школы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1021D2B5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Составление годового плана школы, контроль, за реализацией программы развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C9D26D1" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Организация и управление научно-методической и инновационной работой школы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E7218E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Руководство, организация и управление работой методического совета школы и методических объединений учителей. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FF015A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Организация и контроль школы молодых учителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05E3BF74" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-Руководство и руководство научно-исследовательской работой учителей школы, создание стимулирующих и благоприятных условий для творческой работы учителей;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D346BE2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-Оказание научно-методической помощи и контроль за применением учителями школ нетрадиционных форм обучения; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F1B6D0F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Содействие и контроль за разработкой научно-методических пособий и учебников, индивидуальных учебных планов, организация защиты авторских прав учителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A339584" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Оказание методической, инструктивной помощи учителям школы в отношении процедуры формативного и суммативного оценивания в школе, проведение коучинговых, тренинговых и др. мероприятий среди учителей в отношении системы критериального оценивания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37FBC437" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Повышение квалификации учителей школ, курсовая подготовка, обобщение и распространение передового педагогического опыта, выпуск авторских программ, печатной продукции;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50A354F6" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Управление аттестационной работой учителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FF392F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-Ответственность за систему «Е-портфолио» в целях обеспечения информационной безопасности и защиты персональных данных; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E41956A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Управление развитием и функционированием методической комнаты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="650DFF70" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Повышение квалификации учителей школ, курсовая подготовка, обобщение и распространение передового педагогического опыта; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="650D564F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Организация, управление работой с одаренными детьми центром "Иртыш дарыны", осуществление пропаганды научно-теоретических знаний учащихся; -</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BB500BF" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Контролирует, руководит состоянием обучения гимназических классов, организует открытие новых;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA7660" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Организация работы педагогических кадров по Гимназической программе и программе профильных классов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CC3CA8" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Контроль качества работы учителей гимназических классов, готовности учителей к аттестации; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603FD591" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Организует работу ноу: управление, организация, анализ результатов внутришкольных предметных недель, предметных олимпиад, внутришкольных конкурсов научных проектов и чтений; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF10208" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Ведение статистического учета по кадрам; организует преемственность перехода учащихся из начальной школы в среднее звено</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37E7A507" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Управление и контроль за работой МО по предметам Казахский язык и литература, русский язык, иностранный язык, история, самопознание, контроль за развитием кабинетов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB2D941" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Ведение справок и протоколов совета при руководителе;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0445790B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Проведение совещаний, заседаний, принятие решений по курируемым им вопросам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78415A15" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Анализ совокупной оценки качества образования по разделам и кварталам по казахскому языку и литературе, русскому языку, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>иностранному языку, истории, организация и осуществление внутришкольного контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E29D594" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Контроль за санитарно-гигиеническим состоянием кабинетов контролируемых дисциплин, обеспечение развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25F39C02" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Управление, контроль за работой параллелей 5, 6 классов (классный журнал, табель, программа «Күнделік», личное дело учащегося).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00067D08" w14:paraId="379291E3" w14:textId="77777777" w:rsidTr="00F820F4">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="1C241BFD" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4CE56D41" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6983BE70" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="189D261D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2DB39D" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5FCBF5A8" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00FB6A34">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A508193" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...31 lines deleted...]
-          <w:p w14:paraId="2E9C270B" w14:textId="5A678EAE" w:rsidR="008E7665" w:rsidRPr="00067D08" w:rsidRDefault="008E7665" w:rsidP="00FB6A34">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D87C1D7" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...24 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 205000 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00067D08" w14:paraId="3C989BC5" w14:textId="77777777" w:rsidTr="00F820F4">
-[...4 lines deleted...]
-          <w:p w14:paraId="0CF3707C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="4AC103DD" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30528C4E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="722EEF4E" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DD6C8B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагогтердің үлгілік </w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="0D9F6E43" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E99F306" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="616A0D99" w14:textId="6FDB3D6F" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00FB6A34" w:rsidP="00637FB4">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="230D27EA" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1972 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>высшее и (или) послевузовское педагогическое образование или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет; и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер". Для заместителя руководителя (директора) специальной школы, школы-интерната, специальной школы-колледжа, специального комплекса "детский сад-школа"): высшее (послевузовское) педагогическое образование по направлению " Специальное образование" ("Дефектология") или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее пяти лет, в том числе последние 2 года педагогического стажа; и (или) наличие первой или высшей квалификационной категории педагога, квалификационной категории педагога – эксперта или педагога – исследователя или педагога – мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00067D08" w14:paraId="4B53AC8E" w14:textId="77777777" w:rsidTr="00F820F4">
-[...7 lines deleted...]
-          <w:p w14:paraId="459CB1B4" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="20978B4D" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BE168A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="275A17C4" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C73A37E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...9 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B54002D" w14:textId="3B734A35" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00417534">
+            <w:r w:rsidR="00C04C01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidR="00434D7A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.09.2023-</w:t>
-[...10 lines deleted...]
-              <w:t>04</w:t>
+              <w:t>.09-04</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00637FB4" w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.10.2023</w:t>
+              <w:t>.10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00067D08" w14:paraId="671402C3" w14:textId="77777777" w:rsidTr="00F820F4">
-[...7 lines deleted...]
-          <w:p w14:paraId="640F8DD7" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="1434D928" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C7D15A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="43C14B2B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00067D08" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB7555E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="696D9732" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6052D1BC" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidR="00D922C4" w:rsidRPr="00067D08">
-[...188 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="2C4E4C8E" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64450A49" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...219 lines deleted...]
-          <w:p w14:paraId="52DBB2EF" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A88F6D" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...109 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...197 lines deleted...]
-          <w:p w14:paraId="516C6260" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28931A92" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...201 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...78 lines deleted...]
-          <w:p w14:paraId="4606D7C3" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E6F21F1" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...118 lines deleted...]
-          <w:p w14:paraId="0F903A58" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7875D84A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00067D08">
-[...440 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>денсаулық</w:t>
-[...91 lines deleted...]
-          <w:p w14:paraId="2B1B0807" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF7827F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="470FC803" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+          <w:p w14:paraId="41562677" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...46 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43790244" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00067D08" w:rsidRDefault="00932150" w:rsidP="00FB6A34">
+          <w:p w14:paraId="210E8564" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00067D08">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E40125" w:rsidRPr="00067D08">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E40125" w:rsidRPr="00067D08">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E40125" w:rsidRPr="00067D08">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...42 lines deleted...]
-            <w:r w:rsidR="00E40125" w:rsidRPr="00067D08">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...258 lines deleted...]
-          <w:p w14:paraId="6135C6AF" w14:textId="6AFA6F31" w:rsidR="00520C9B" w:rsidRPr="00067D08" w:rsidRDefault="00520C9B" w:rsidP="00FB6A34">
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="451FFEDB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7780F3DE" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29188376" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C780A6E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00067D08" w14:paraId="1DCA40E2" w14:textId="77777777" w:rsidTr="00F820F4">
-[...7 lines deleted...]
-          <w:p w14:paraId="05BACEDB" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00067D08" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="003E5422" w14:paraId="706E0224" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7B9A0A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6A9E5D21" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00067D08" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D1488E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00067D08">
+            <w:r w:rsidRPr="003E5422">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="5867B652" w14:textId="6E3281D9" w:rsidR="00D478D0" w:rsidRPr="00067D08" w:rsidRDefault="00637FB4" w:rsidP="00B475E6">
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D917AC" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Ваканттағы бос орын </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вакантный место </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70CA4F91" w14:textId="77777777" w:rsidR="00F820F4" w:rsidRPr="00067D08" w:rsidRDefault="00F820F4" w:rsidP="00A40329">
+    <w:p w14:paraId="47551C0F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46881B07" w14:textId="77777777" w:rsidR="00637FB4" w:rsidRPr="00067D08" w:rsidRDefault="00637FB4" w:rsidP="00A40329">
+    <w:p w14:paraId="664E88B1" w14:textId="72D2C557" w:rsidR="003E5422" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r w:rsidRPr="003E5422">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="0BCE4C70" w14:textId="77777777" w:rsidR="003E5422" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B67C5D0" w14:textId="77777777" w:rsidR="00637FB4" w:rsidRPr="00067D08" w:rsidRDefault="00637FB4" w:rsidP="00A40329">
+    <w:p w14:paraId="57286B5E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...67 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00067D08" w14:paraId="32543936" w14:textId="77777777" w:rsidTr="00F74206">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00790B31" w14:paraId="3DAAD661" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="60F13F4A" w14:textId="77777777" w:rsidR="00067D08" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118E3786" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
-              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2215ECE6" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00DC10A3" w:rsidRDefault="00067D08" w:rsidP="00F74206">
-[...26 lines deleted...]
-          <w:p w14:paraId="3E2E066D" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00F7191E" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D76B281" w14:textId="0F60815D" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00DC10A3">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>б</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F7191E">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F7191E">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>10-қосымша</w:t>
-[...16 lines deleted...]
-            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="642398BE" w14:textId="77777777" w:rsidR="00067D08" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="5DEF2712" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="003E5422" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ABAC398" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00C04C01" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EE60D5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44A79FD8" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00F51F8C" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="39059136" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+      <w:r w:rsidRPr="00C04C01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A0A98C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>__</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DABEDBE" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00F7191E" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="1F952D0A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00F7191E">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CC8EC7" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00F7191E" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="38ED8F8E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7191E">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8E52C3" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="0CA919E6" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="580A0763" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00EE4EFD" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="4E5341D4" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B114179" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1009A889" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE4EFD">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...35 lines deleted...]
-        <w:t>), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CA473F" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="5D9340B2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00067D08">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14617878" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00067D08" w:rsidRDefault="00067D08" w:rsidP="00067D08">
-[...129 lines deleted...]
-    <w:p w14:paraId="6ED79FE0" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00C75E82" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="7525DDF4" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="611D3482" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00C75E82" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="48C0CC0E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38743ADD" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00C75E82" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="27611D03" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B00AEE">
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A2D375" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28970167" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...71 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E030FBE" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00EE4EFD" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="441D9459" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4EFD">
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367FD599" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00EE4EFD" w:rsidRDefault="00067D08" w:rsidP="00067D08">
-[...29 lines deleted...]
-    <w:p w14:paraId="613225CC" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00C424F6" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="3DD1028F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C424F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен</w:t>
+        <w:t>(наименование организаций образовани</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>я, адрес (область, район, город/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE0ED6E" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00DF4A7D" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="165BF4D4" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F018B7F" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00C424F6" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="60CC2A6D" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59516E9D" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00EE4EFD" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="13848765" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4AE177" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE4EFD">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>_</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE78B44" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="79B87FC6" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C424F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>(должность, наименование организации, адрес (область, район, город</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымы, </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">білім беру </w:t>
-[...26 lines deleted...]
-        <w:t>ауыл)</w:t>
+        <w:t>село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D67563" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B00AEE" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="360ABE33" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C622DF6" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00C75E82" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="552F7A53" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Өзім туралы </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D89E56C" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00C75E82" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="1974AD27" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00067D08" w14:paraId="5CCD29A9" w14:textId="77777777" w:rsidTr="00F74206">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00790B31" w14:paraId="3EAA0AA2" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E333CC6" w14:textId="77777777" w:rsidR="00067D08" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+          <w:p w14:paraId="2C237355" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C75E82">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2EAF37EB" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="670C4643" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C75E82">
-[...35 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00437A2D">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00437A2D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CF075FE" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AF07D46" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FEB8291" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6702A67E" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58FCC0BA" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00437A2D">
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00437A2D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737A876B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="6BBA1539" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00F74206">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00790B31" w14:paraId="23C467C1" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C66BEF2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...8 lines deleted...]
-          <w:p w14:paraId="45C41F45" w14:textId="77777777" w:rsidR="00067D08" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB81871" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FF082F8" w14:textId="77777777" w:rsidR="00067D08" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8E6851" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="7692FA0D" w14:textId="77777777" w:rsidR="00067D08" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B44A6EB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="478E6059" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B00AEE" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="40CD1D8C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C130AED" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00437A2D" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="17F353D0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...73 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C424F6">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE2FEC5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B54ABD9" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A518D68" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C424F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C424F6">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AAA600" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C424F6">
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B00AEE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAF11F5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D50DA8B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DCC7C2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE83F55" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D28242" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63DC0AC5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B961DE2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19051350" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C29DFB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F338FAF" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681BFCD2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BEF2BD" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D07D1" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C72E618" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00452A41" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B00AEE">
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_____________________________</w:t>
+        <w:t>__________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>____________</w:t>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419702B6" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B00AEE" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="5EF211B7" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00AEE">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="594FC713" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="0053507A" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="079E8202" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00790B31" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66EE491C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001B695E" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...69 lines deleted...]
-      <w:r w:rsidRPr="0053507A">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>____________________________________________________________</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...138 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DF4A7D">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...665 lines deleted...]
-      <w:r w:rsidRPr="00452A41">
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                              </w:t>
-[...93 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00067D08" w:rsidRPr="00B25802" w14:paraId="668CC662" w14:textId="77777777" w:rsidTr="00F74206">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="6F9000C0" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0415A843" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+          <w:p w14:paraId="2658970F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4DE4D3C0" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+          <w:p w14:paraId="2FA7EE5F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E9C5C8B" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F07212A" w14:textId="25742E23" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="003E5422">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41A38A3F" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="0279C44F" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="002E00FE" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39FB7B43" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="146CB63C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>ос</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...143 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB49426" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00067D08">
-[...35 lines deleted...]
-    <w:p w14:paraId="4DA47BB3" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00067D08">
+    <w:p w14:paraId="2997E3BB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="003E5422">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430855CC" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="002E00FE" w:rsidRDefault="003E5422" w:rsidP="003E5422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00067D08" w:rsidRPr="00B25802" w14:paraId="0F948FE2" w14:textId="77777777" w:rsidTr="00F74206">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="1AF49F93" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3A2A72A5" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00F74206">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D05D49" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21977BC2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B738AD5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA1E08D" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F304C87" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...198 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00067D08" w:rsidRPr="00B25802" w14:paraId="1EDE9C2D" w14:textId="77777777" w:rsidTr="00F74206">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="63C10D1C" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="359A9DA6" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00B0BD96" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00F74206">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="079EBB94" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F8EE12C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57614EF7" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D03FA" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B1F4ED8" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D03FA" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B208AA4" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D03FA" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7364B4" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="004D03FA" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37EB5742" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7F6135" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="487E0DE6" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0020E9BB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09B35665" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="400621A8" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4645FE64" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063D211E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>деңгейі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="722C26C1" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D7B66C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="4A4548E0" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1765D09A" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00F74206">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="26E80108" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D7C4688" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13AA92D8" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D02E3B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A8A4507" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25871535" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="19D85BD6" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F09A32C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FC5BB1C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FA7D8C5" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5533CEDD" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F93D132" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24CD4DFF" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7335F983" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>Білімі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B21A89" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63B0F506" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B4DFBE" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F83977" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C161F8" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="54328427" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C47D412" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A9F7A47" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2322B110" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EF804B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="731969AD" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F80709" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3632C168" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="6BC0ED43" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3104B00C" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BE29B12" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F63CBCB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="128E04D0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>туралы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5B5FC6" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65762251" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="000F7324" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="3F92CE26" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="635B2497" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A97A912" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="673DE6D0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCC9A25" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>дипломның</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60425C73" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>және</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE18DE7" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240DC6DD" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="26543CEA" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DFB54AD" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2DEC7EFD" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64D0796A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CCEB89E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118D4876" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7421A025" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49099E02" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10FF823B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3533BA32" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7AE2D0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="315C0674" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32704F28" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19998228" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>дипломға</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>қосымшаның</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>көшірмелері</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3122FD18" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="22E7430F" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="380064C3" w14:textId="77777777" w:rsidR="00067D08" w:rsidRPr="00B25802" w:rsidRDefault="00067D08" w:rsidP="00F74206">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w14:paraId="08B1A385" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21DAD5DF" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="634B9A76" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66718186" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B82D7A9" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55982A09" w14:textId="77777777" w:rsidR="003E5422" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49918B96" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA4DE0B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="5AA79594" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D04620E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C327120" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="462AC1C0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7157B684" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D01E901" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D54995D" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118C6200" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="0020641A" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51984BFA" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="6ED66674" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A222DD9" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C45CAEE" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C86D1EB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B300CD2" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D68B612" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751DABF3" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5A7A33" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="400E9FD0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C15CBA0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B318388" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="758FBA0A" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E11655" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="472288BB" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12E43D36" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="590CFAD6" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61FFC2C0" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BDF25E1" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABCF252" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA8F581" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45DF14CE" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2DEC7E" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="6D963A93" w14:textId="77777777" w:rsidTr="00F74206">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32255153" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CADA741" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...152 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CF65B1B" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6211E343" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="634873FA" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00067D08" w:rsidRPr="00B25802" w14:paraId="6112512D" w14:textId="77777777" w:rsidTr="00F74206">
+      <w:tr w:rsidR="003E5422" w:rsidRPr="00B25802" w14:paraId="2DCAA8A0" w14:textId="77777777" w:rsidTr="00F74206">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...23 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="375203CD" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...5259 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6068A69D" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="001235A7" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...62 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CCB864" w14:textId="77777777" w:rsidR="003E5422" w:rsidRPr="00B25802" w:rsidRDefault="003E5422" w:rsidP="00F74206">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15029DF6" w14:textId="77777777" w:rsidR="00637FB4" w:rsidRDefault="00637FB4" w:rsidP="00C005BD">
-[...40 lines deleted...]
-    <w:sectPr w:rsidR="00637FB4" w:rsidSect="00067D08">
+    <w:p w14:paraId="5ADCA6E4" w14:textId="77777777" w:rsidR="003E5422" w:rsidRDefault="003E5422"/>
+    <w:sectPr w:rsidR="003E5422" w:rsidSect="003E5422">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...18 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...822 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...673 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00B55630"/>
+    <w:rsid w:val="003E5422"/>
+    <w:rsid w:val="00434D7A"/>
+    <w:rsid w:val="00B55630"/>
+    <w:rsid w:val="00C04C01"/>
+    <w:rsid w:val="00FD6145"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="777C0669"/>
-  <w15:docId w15:val="{A8167D4D-A525-44A7-9A72-4F614F5E8D86}"/>
+  <w14:docId w14:val="4C64A39D"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{48E2D9A4-C2A6-4EF5-A479-62320185FDD2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18273,629 +10349,431 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003E5422"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E5422"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...45 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...65 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>13780</Characters>
+  <Pages>8</Pages>
+  <Words>2539</Words>
+  <Characters>14473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>120</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16165</CharactersWithSpaces>
+  <CharactersWithSpaces>16979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Павлодар 6</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>