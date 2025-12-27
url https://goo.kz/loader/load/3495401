--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,320 +1,285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00F034B9" w:rsidRDefault="00F034B9" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk153971183"/>
     </w:p>
+    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="00924EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005C11CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA7661" w:rsidRPr="00321427">
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00EA7661" w:rsidRPr="00321427">
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6532">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>қаласының</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00EA7661" w:rsidRPr="00321427">
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5DD4" w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EA7661" w:rsidRPr="00321427">
-[...9 lines deleted...]
-      <w:r w:rsidR="00EA7661">
+      <w:r w:rsidR="008D5DD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA7661">
+        <w:t>музыки</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8311E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 </w:t>
-[...14 lines deleted...]
-      <w:r w:rsidR="00EA7661">
+        <w:t xml:space="preserve"> и музыкального руководителя </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5DD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> орта</w:t>
-[...67 lines deleted...]
-      <w:r w:rsidR="00EA7661">
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00396BDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КММ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA7661">
+        <w:t xml:space="preserve">о смешанным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -344,189 +309,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00EA7661" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
-              <w:rPr>
-[...10 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
             </w:r>
             <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF7B58" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005C11CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>46</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF7B58" w:rsidRPr="00B3089F">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
             </w:r>
             <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00DF7B58" w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-              <w:t>КММ</w:t>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -535,51 +476,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>орналасқан жерінің, пошталық мекенжайының</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
@@ -594,105 +535,96 @@
             <w:r w:rsidR="00AD011D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы, Павлодар облысы,                    </w:t>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Павлодар қаласы,</w:t>
+              <w:t xml:space="preserve"> город Павлодар,</w:t>
             </w:r>
             <w:r w:rsidR="005C11CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Теміржолшылар кенті,</w:t>
+              <w:t>поселок Железнодорожников,</w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> көше </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EA7661">
+              <w:t xml:space="preserve"> улица </w:t>
+            </w:r>
+            <w:r w:rsidR="005C11CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Центральная</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 68/2</w:t>
+              <w:t>Центральная 68/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -701,51 +633,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>телефон нөмірлерінің</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00BB6532" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -789,51 +721,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="005C11CA" w:rsidRDefault="005C11CA" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C11CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -888,290 +820,300 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00EA7661" w:rsidP="00BB6532">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="008D5DD4" w:rsidP="00BB6532">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Музыка мұғалімі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D5DD4" w:rsidRPr="00A56E78">
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A56E78">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">музыки  </w:t>
             </w:r>
             <w:r w:rsidR="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">11 </w:t>
             </w:r>
-            <w:r w:rsidR="008D5DD4" w:rsidRPr="00A56E78">
+            <w:r w:rsidRPr="00A56E78">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">сағат </w:t>
+              <w:t xml:space="preserve">часов </w:t>
             </w:r>
             <w:r w:rsidR="00A8311E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">және музыкалық жетекші 0,5 ставка </w:t>
+              <w:t xml:space="preserve">и музыкальный руководитель 0,5 ставки </w:t>
             </w:r>
             <w:r w:rsidR="00396BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту тілі: </w:t>
+              <w:t xml:space="preserve">язык обучения: </w:t>
             </w:r>
             <w:r w:rsidR="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>аралас</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+              <w:t>смешанный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00881994" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+              <w:t xml:space="preserve">обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- әлеуметтік көмекке жәрдемдесубілім алушылардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне бағытталған іс-шаралар;</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B3089F" w:rsidRPr="00B3089F">
+              <w:t>- содействие социали</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>зации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+            <w:r w:rsidR="00B3089F" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- оқу үрдісінде қауіпсіздік техникасы нормалары мен ережелерінің сақталуын қамтамасыз ету.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -1179,235 +1121,235 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- еңбек өтіліне сәйкес төленеді </w:t>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>және біліктілік санаты бойынша;</w:t>
+              <w:t>и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00BB6532" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- арнайы орта білім ( min): </w:t>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
             </w:r>
             <w:r w:rsidR="007612FA" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1-ден бастап</w:t>
+              <w:t>от 1</w:t>
             </w:r>
             <w:r w:rsidR="00FE0D9F" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
             <w:r w:rsidR="00682985" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007612FA" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">50 </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> теңге;</w:t>
+              <w:t xml:space="preserve"> тенге;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
             </w:r>
             <w:r w:rsidR="007612FA" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>бастап 2</w:t>
+              <w:t>от 2</w:t>
             </w:r>
             <w:r w:rsidR="001A63CF" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00FE0D9F" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007612FA" w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>511</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB6532">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> теңге</w:t>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
@@ -1423,160 +1365,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын біліктілік талаптары, бекітілген</w:t>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім, еңбек өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білім, еңбек өтіліне талап қойылмайды;</w:t>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- және (немесе) біліктіліктің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл;</w:t>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- және (немесе) біліктіліктің жоғары және орта деңгейі болған жағдайда педагогикалық жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, оқытушы</w:t>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>га-зерттеушінің кемінде 4 жыл</w:t>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -1595,51 +1537,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00244165" w:rsidRDefault="00BB6532" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -1751,299 +1693,299 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z180"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесі көрсетілген конкурсқа қатысу туралы өтініш;;</w:t>
+              <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="z181"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="z182"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 3) толтырылған персоналды есепке алу жөніндегі жеке іс парағы (нақты тұрғылықты жерінің мекенжайы және байланыс телефондары көрсетілген – бар болса);</w:t>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="z183"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4) лауазымға қойылатын біліктілік талаптарына, педагогтердің бекітілген үлгілік біліктілік сипаттамаларына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="z184"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="z185"/>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).;</w:t>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="z186"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 7) психоневрологиялық ұйымнан анықтама;</w:t>
+              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="9" w:name="z187"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 8) наркологиялық ұйымнан анықтама;</w:t>
+              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="z188"/>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 9) сертификаттаудан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="z189"/>
             <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 10) ағылшын тілі мұғалімі лауазымына орналасуға үміткерлер үшін </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">пән бойынша шекті деңгейі кемінде 90% болатын сертификаттау нәтижелері туралы сертификат немесе педагог-модератордың немесе педагог-сарапшының, педагог-зерттеушінің біліктілік санатының болуы туралы куәлік., немесе педагог-шебер (бар болса) немесе сертификат </w:t>
+              <w:t xml:space="preserve"> 10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELTA</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2118,99 +2060,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Adults</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>немесе</w:t>
+              <w:t>или</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>айлтс</w:t>
+              <w:t>айелтс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>баллдарды</w:t>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>немесе</w:t>
+              <w:t>или</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>тойфл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (TOEFL) (</w:t>
             </w:r>
@@ -2230,254 +2172,142 @@
               </w:rPr>
               <w:t xml:space="preserve"> Based Test (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>іBT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">)) – 60 – 65 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>баллдарды</w:t>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="z190"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">11) техникалық және кәсіптік білім беру ұйымдарында педагогикалық </w:t>
+              <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>қызметке</w:t>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...111 lines deleted...]
-              <w:t xml:space="preserve"> бейіні бойынша өндірісте кемінде екі жыл жұмыс өтілі бар арнайы пәндер оқытушылары және өндірістік оқыту шеберлері лауазымдарындағы білімі сертификаттаудан босатылады.</w:t>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="13" w:name="z191"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы.</w:t>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004A01E9" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="14" w:name="z192"/>
             <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 13) кандидатқа ұзақтығы кемінде 15 минут, ең төменгі рұқсаты бар – 720 бейнепрезентация, жұмыс өтілі жоқ </w:t>
+              <w:t xml:space="preserve"> 13) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 480.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
@@ -2509,51 +2339,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымның мерзімі</w:t>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="00FC5F6A" w:rsidRDefault="00FC5F6A" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -2620,166 +2450,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қағидаларға 10-қосымша</w:t>
+              <w:t>Приложение 10 к Правилам</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымдарға тағайындау, </w:t>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымдардан босату </w:t>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">бірінші басшылар мен педагогтардың </w:t>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мемлекеттік білім беру ұйымдарының</w:t>
+              <w:t>государственных организаций образования</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
@@ -2831,51 +2661,51 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -2947,51 +2777,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F7191E" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -3053,51 +2883,51 @@
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>лауазымы, жұмыс орны</w:t>
+        <w:t>должность, место работы</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3129,51 +2959,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -3209,106 +3039,106 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мені бос/уақытша бос орынға орналасу конкурсына жіберуіңізді сұраймын.</w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымның атауы (қажеттісінің астын сызу)</w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -3366,84 +3196,84 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+        <w:t>В настоящее время работаю</w:t>
       </w:r>
       <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
@@ -3519,299 +3349,299 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Атауы</w:t>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>оқу-әдістемелік</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мекемелер</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Кезең</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>оқытудың</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Мамандығы</w:t>
+              <w:t>Специальность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>дипломға</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3872,150 +3702,149 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Біліктілік санатының болуы (берілген күні</w:t>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>растаулар):_</w:t>
+        <w:t>подтверждения):_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Педагогикалық жұмыс өтілі:</w:t>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>____________________________________________</w:t>
@@ -4031,51 +3860,51 @@
       <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Менде келесі жұмыс нәтижелері бар</w:t>
+        <w:t>Имею следующие результаты работы</w:t>
       </w:r>
       <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_______________________________________</w:t>
@@ -4227,51 +4056,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -4336,51 +4165,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -4508,51 +4337,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20___ жылғы</w:t>
+        <w:t>20___года</w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
@@ -4584,51 +4413,51 @@
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="004A01E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -4642,52 +4471,52 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A01E9" w:rsidRPr="004A01E9" w:rsidRDefault="004A01E9" w:rsidP="004A01E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6154"/>
-        <w:gridCol w:w="3911"/>
+        <w:gridCol w:w="6129"/>
+        <w:gridCol w:w="3936"/>
       </w:tblGrid>
       <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="002552D7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -4706,135 +4535,135 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>11 қосымша</w:t>
+              <w:t>Приложение 11</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тағайындау қағидаларына</w:t>
+              <w:t>к Правилам назначения</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лауазымдарға, босатуларға</w:t>
+              <w:t>на должности, освобождения</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірінші лауазымдардан</w:t>
+              <w:t>от должностей первых</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>басшылар мен педагогтардың</w:t>
+              <w:t>руководителей и педагогов</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік ұйымдардың</w:t>
+              <w:t>государственных организаций</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">білім беру </w:t>
+              <w:t xml:space="preserve">образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="002552D7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4858,100 +4687,100 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="z364"/>
       <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогтің бос немесе уақытша бос лауазымына кандидатты бағалау парағы</w:t>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10532" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="751"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="993"/>
       </w:tblGrid>
       <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
         <w:trPr>
@@ -5010,215 +4839,215 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Растаушы</w:t>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>құжат</w:t>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Балл саны </w:t>
-[...17 lines deleted...]
-              <w:t>(1-ден 20-ға дейін)</w:t>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кандидаттың балдары</w:t>
+              <w:t>Баллы кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5257,236 +5086,216 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Деңгей</w:t>
+              <w:t>Уровень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...19 lines deleted...]
-              <w:t>беру</w:t>
+              <w:t>образования</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
-[...71 lines deleted...]
-              <w:t>Жоғары сырттай/қашықтықтан оқу = минус 2 балл</w:t>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5548,252 +5357,252 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Ғалым</w:t>
+              <w:t>Ученая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>академиялық</w:t>
+              <w:t>академическая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>дәрежесі</w:t>
+              <w:t>степень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-дәрігер = 10 балл</w:t>
-[...17 lines deleted...]
-              <w:t>Ғылым докторы = 10 балл</w:t>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Кандидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ғылымдар</w:t>
+              <w:t>наук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>баллдарды</w:t>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -5854,51 +5663,51 @@
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өтілі жоқ кандидаттар үшін сертификаттаудан өту нәтижелері</w:t>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5930,51 +5739,51 @@
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"педагог" біліктілік санаты плюс 5 балл</w:t>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6045,305 +5854,306 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Біліктілік</w:t>
+              <w:t>Квалификационная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>санат</w:t>
+              <w:t>категория</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Куәлік</w:t>
+              <w:t>Удостоверение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>өзге</w:t>
+              <w:t>иной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>құжат</w:t>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 санат = 1 балл</w:t>
-[...107 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6366,224 +6176,196 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Әкімшілік және </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">әдістемелік қызмет тәжірибесі </w:t>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>алмастыратын құжат</w:t>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...45 lines deleted...]
-              <w:t>директор (лауазымдағы өтілі кемінде 2 жыл) = 5 ұпай</w:t>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6642,173 +6424,173 @@
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Жұмысқа алғаш рет орналасатын педагогтар үшін </w:t>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білімі туралы дипломға қосымша</w:t>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық/ кәсіптік практиканың нәтижелері "өте жақсы" = 1 балл</w:t>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>жақсы</w:t>
+              <w:t>хорошо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">" = 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -6868,141 +6650,141 @@
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Алдыңғы жұмыс орнынан (мұғалім лауазымы бойынша) немесе оқудан ұсыныс хат </w:t>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ұсыным хат (конкурс жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу орнына өз бетінше сұрау салады) </w:t>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
-[...17 lines deleted...]
-              <w:t>Теріс ұсыныс хат = минус 3 балл</w:t>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7064,433 +6846,395 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Көрсеткіштер</w:t>
+              <w:t>Показатели</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кәсіби</w:t>
+              <w:t>профессиональных</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мамандарды</w:t>
-[...19 lines deleted...]
-              <w:t>жетістіктер</w:t>
+              <w:t>достижений</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>- білім алушылардың олимпиадалар мен конкурстар, ғылыми жобалар жеңімпаздарының дипломдары, грамоталары;</w:t>
-[...17 lines deleted...]
-              <w:t>- мұғалімдердің олимпиадалар мен байқаулар жеңімпаздарының дипломдары, грамоталары;</w:t>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мемлекеттік</w:t>
+              <w:t>государственная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>марапат</w:t>
+              <w:t>награда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>олимпиадалар мен байқаулардың жүлдегерлері = 0,5 балл</w:t>
-[...89 lines deleted...]
-              <w:t xml:space="preserve">медаль </w:t>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>иегері</w:t>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сіңірген</w:t>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t>" = 10 ұпай</w:t>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7552,270 +7296,250 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Әдістемелік</w:t>
+              <w:t>Методическая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>қызметі</w:t>
+              <w:t>деятельность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>авторлық</w:t>
+              <w:t>авторские</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>жұмыстар</w:t>
+              <w:t>работы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...19 lines deleted...]
-              <w:t>жарияланымдар</w:t>
+              <w:t>публикации</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">БҒСБК тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы, </w:t>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7877,216 +7601,216 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Қоғамдық-педагогикалық</w:t>
+              <w:t>Общественно-педагогическая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>қызметі</w:t>
+              <w:t>деятельность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметті растайтын құжат </w:t>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәлімгер = 0,5 балл</w:t>
-[...71 lines deleted...]
-              <w:t>3 тілде оқыту (қазақ, орыс, шетел) = 5 балл</w:t>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -8148,181 +7872,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Курстық</w:t>
+              <w:t>Курсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>жұмыс</w:t>
-[...19 lines deleted...]
-              <w:t>дайындық</w:t>
+              <w:t>подготовка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>- пәндік дайындық сертификаттары;</w:t>
-[...52 lines deleted...]
-              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IELTS</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8412,660 +8117,623 @@
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, "В </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламалау</w:t>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>негіздері</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>Курсердің</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...32 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...322 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Maths</w:t>
-[...130 lines deleted...]
-              <w:t>платформасында</w:t>
+              <w:t>платформе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9148,220 +8816,194 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">НЗМ ПШО </w:t>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>курстары</w:t>
+              <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>, "</w:t>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>Өрлеу</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...83 lines deleted...]
-              <w:t xml:space="preserve">= 0,5 </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>каждый</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>әрқайсысы</w:t>
-[...19 lines deleted...]
-              <w:t>бөлек</w:t>
+              <w:t>отдельно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
@@ -9394,232 +9036,153 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, мемлекеттік білім беру грантының қатысушысы. "Дипломмен ауылға!", "</w:t>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>программ "С дипломом в село!", "Серп</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>Орақ</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">" </w:t>
-[...89 lines deleted...]
-              <w:t>жіберген мұғалімі</w:t>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарт</w:t>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9634,51 +9197,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>плюс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -9705,51 +9268,52 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Барлығы</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A2141">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -9848,119 +9412,119 @@
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002A2141" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10029,51 +9593,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10142,51 +9706,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -10233,51 +9797,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0B694EA"/>
     <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10346,51 +9910,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10459,51 +10023,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10574,58 +10138,57 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
@@ -11209,51 +10772,50 @@
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EA7661"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EB7C4D"/>
     <w:rsid w:val="00EC4243"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F034B9"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
@@ -11289,448 +10851,208 @@
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2E339965"/>
-  <w15:docId w15:val="{3295768E-73CF-4F64-BA1E-94880E45D7BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...374 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -11832,125 +11154,315 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="2">
-    <w:name w:val="Неразрешенное упоминание2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F82B68"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00AD4252"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12201,79 +11713,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{487DF608-EEA3-40DB-B711-A4F82320020E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5AA8F75-A766-442D-8CF8-30047015ACE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11267</Characters>
+  <Pages>6</Pages>
+  <Words>2030</Words>
+  <Characters>11574</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>96</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13217</CharactersWithSpaces>
+  <CharactersWithSpaces>13577</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Yandex.Translate</dc:creator>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>