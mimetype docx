--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -1,1843 +1,16495 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006D43BE" w:rsidRPr="00213E95" w:rsidRDefault="00213E95" w:rsidP="00D12A64">
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00F46AB2" w:rsidRDefault="007A1A2E" w:rsidP="00D12DF4">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00213E95">
-        <w:rPr>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>КГКП «</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00213E95">
-        <w:rPr>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Ясли-сад</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00213E95">
-        <w:rPr>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124F76" w:rsidRPr="00213E95" w:rsidRDefault="00124F76" w:rsidP="00213E95">
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00F46AB2" w:rsidRDefault="007A1A2E" w:rsidP="00D12DF4">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00F46AB2" w:rsidRDefault="007A1A2E" w:rsidP="00D12DF4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 79 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00F46AB2" w:rsidRDefault="007A1A2E" w:rsidP="00D12DF4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіпорны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00F46AB2" w:rsidRDefault="007A1A2E" w:rsidP="00D12DF4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">логопед бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F46AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="00D12DF4" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>03.10.2023 11:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12A64" w:rsidRPr="00947B43" w:rsidRDefault="00213E95" w:rsidP="00D12A64">
+    <w:p w:rsidR="00D12DF4" w:rsidRPr="00D12DF4" w:rsidRDefault="007A1A2E" w:rsidP="00D12DF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00213E95">
-[...5 lines deleted...]
-        <w:t>КГКП «</w:t>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         «№ 79 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәбиле</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00213E95">
-[...5 lines deleted...]
-        <w:t>Ясли-сад</w:t>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00213E95">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> № 79 города Павлодара» улица Айманова,6 телефон 643734,643733; </w:t>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМҚК, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы,Айманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі,6 телефон 643734,643733; </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00D12A64">
+        <w:r w:rsidRPr="00D12DF4">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
-            <w:color w:val="auto"/>
+            <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">эл.почта: </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>79@</w:t>
       </w:r>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D12A64" w:rsidRPr="00D12A64">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00213E95" w:rsidRPr="00213E95" w:rsidRDefault="00213E95" w:rsidP="00213E95">
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="00D12DF4" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A1A2E" w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стажына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, педагог – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«педагог» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көзқарасты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перспективалықжоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>циклограмманыәзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олардыңорнындағыадамдарменбайланыстыжүзегеасыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диагностика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби-педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диалог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тобының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қозғалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасауда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дамуында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауытқулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдебиеттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерделеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие-білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірдей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастапқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндіктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлеуметтендіруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мамандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсынымдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>консультациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүдделері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құндылық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұжырымдамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодексі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «Педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәртебесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заңдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перспективаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">психология </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогика, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ігерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санитариялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтінімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аккаунттарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 79 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - КМҚК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 6  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сервисінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сипаттамаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшірмелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттамасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы"Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификаты (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ТБЖ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>модератордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсынылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәйексіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тартады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D12DF4" w:rsidRPr="00D12DF4" w:rsidRDefault="007A1A2E" w:rsidP="00D12DF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E90C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 8(7182) 643734, 8 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12DF4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7182) 643733; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D12DF4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D12DF4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>79@</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D12DF4" w:rsidRPr="00D12DF4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...1420 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidSect="00D3649F">
+    <w:p w:rsidR="007A1A2E" w:rsidRPr="00E90C68" w:rsidRDefault="007A1A2E" w:rsidP="006925F5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F2A02" w:rsidRDefault="008F2A02" w:rsidP="006925F5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008F2A02">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="7CBB5E28"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F7EA7A60"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C64E9"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00F961DA"/>
+    <w:rsidRoot w:val="007D7815"/>
+    <w:rsid w:val="00277DFF"/>
+    <w:rsid w:val="006925F5"/>
+    <w:rsid w:val="007A1A2E"/>
+    <w:rsid w:val="007B6EC1"/>
+    <w:rsid w:val="007D7815"/>
+    <w:rsid w:val="008F2A02"/>
+    <w:rsid w:val="00D12DF4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1909,164 +16561,143 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C4DB4"/>
+    <w:rsid w:val="007A1A2E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001C64E9"/>
+    <w:rsid w:val="007A1A2E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...20 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2138,444 +16769,443 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="007A1A2E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A1A2E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="502938136">
+    <w:div w:id="407771230">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="601836139">
+    <w:div w:id="1611619693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%D1%8D%D0%BB.%D0%BF%D0%BE%D1%87%D1%82%D0%B0:%20ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%D1%8D%D0%BB.%D0%BF%D0%BE%D1%87%D1%82%D0%B0:%20ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1114</Words>
-  <Characters>6352</Characters>
+  <Words>1022</Words>
+  <Characters>5827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7452</CharactersWithSpaces>
+  <CharactersWithSpaces>6836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Алпамыс</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>