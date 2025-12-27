--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -2,12213 +2,7808 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BD4719" w:rsidRPr="00FA263E" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
-[...28 lines deleted...]
-    <w:p w:rsidR="00BD4719" w:rsidRPr="00FA263E" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+    <w:p w:rsidR="00BD4719" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA263E">
+      <w:r w:rsidRPr="006464F0">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Этномәдени тәрбие беру орталығы» </w:t>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA263E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КМҚК</w:t>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Этнокульурная воспитания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD4719" w:rsidRPr="00FA263E" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+    <w:p w:rsidR="00BD4719" w:rsidRPr="008B4902" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B4902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бъявляет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B4902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открытый конкурс на замещение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учитель информатики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E940C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6A30" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...49 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+    <w:p w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidRDefault="00BD4719" w:rsidP="008B6A30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="333"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7680"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="00F56AE2" w:rsidTr="00BD4719">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...15 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="00F31EDC" w:rsidRDefault="00BD4719" w:rsidP="00F25CB7">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="006464F0" w:rsidRDefault="00E940C5" w:rsidP="00F25CB7">
             <w:pPr>
               <w:pStyle w:val="ab"/>
-              <w:jc w:val="both"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F31EDC">
+            <w:r w:rsidRPr="00DC2459">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">лдық мемлекеттік қазыналық кәсіпорны. </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Коммунальном государственном казенном предприятии КГКП «Ясли-сад № 120 города Павлодара-Этнокультурная воспитания » отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidTr="00BD4719">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="00F31EDC" w:rsidRDefault="00BD4719" w:rsidP="00F25CB7">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="006464F0" w:rsidRDefault="00E940C5" w:rsidP="00F25CB7">
             <w:pPr>
               <w:pStyle w:val="ab"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Республика Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ская область,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> көшесі, </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар,   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ул. Ак.Чокина, 40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidTr="00BD4719">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="00F31EDC" w:rsidRDefault="00BD4719" w:rsidP="00F25CB7">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="006464F0" w:rsidRDefault="00E940C5" w:rsidP="00E940C5">
             <w:pPr>
               <w:pStyle w:val="ab"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F31EDC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 67-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>10-45</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidTr="00BD4719">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="00EB3FA6" w:rsidRDefault="00BD4719" w:rsidP="00BD4719">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="00E940C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008B6A30">
+            <w:r w:rsidRPr="00EB3FA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sad12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="008B6A30">
+            <w:r w:rsidRPr="00EB3FA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="00F56AE2" w:rsidTr="00BD4719">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="001E03AD">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="0096488A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>оқытатын информатика мұғалімі</w:t>
-[...19 lines deleted...]
-              <w:t>жүтемесі 0,5</w:t>
+              <w:t xml:space="preserve">Учитель информатики </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с казахским языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidR="0096488A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5 ставки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="00F56AE2" w:rsidTr="00BD4719">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidTr="00BD4719">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...31 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее сп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ециальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="0096488A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>66500</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="001E03AD">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="0096488A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="007C31B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...24 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidR="0096488A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  500</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="00F56AE2" w:rsidTr="00BD4719">
-[...4 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidTr="00BD4719">
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...9 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="008D234C" w:rsidRDefault="00256DBB" w:rsidP="00256DBB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28.09-0</w:t>
             </w:r>
-            <w:r w:rsidR="00BD4719">
+            <w:r w:rsidR="00E940C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00BD4719" w:rsidRPr="001F4BA9">
+            <w:r w:rsidR="00E940C5" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00BD4719" w:rsidRPr="001F4BA9">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00E940C5" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="00F56AE2" w:rsidTr="00BD4719">
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...11 lines deleted...]
-            <w:pPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...205 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...216 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...114 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...200 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...221 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...82 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...124 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...214 lines deleted...]
-              <w:t>Қ</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="001F4BA9">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...340 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">7) </w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
+              <w:t>справкус</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
-            <w:pPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...48 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
-            <w:pPr>
+          <w:p w:rsidR="00E940C5" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...324 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>CertificateinEnglishLanguageTeachingtoAdults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>илитойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
-            <w:pPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>длякандидата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidTr="00BD4719">
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+      <w:tr w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidTr="006957F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="001F4BA9" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="001F4BA9" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="005763A2" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00BD4719" w:rsidRPr="008B6A30" w:rsidRDefault="00BD4719" w:rsidP="006957F1">
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E940C5" w:rsidRPr="008B6A30" w:rsidRDefault="00E940C5" w:rsidP="006957F1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТҰРАҚТЫ</w:t>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
-[...41 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003A3783" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
-[...146 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003A3783" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003A3783" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...14 lines deleted...]
-        <w:t>Б</w:t>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога _________________________________________________________________________________________  </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>ос</w:t>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A3783">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...150 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...33 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblInd w:w="-951" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-              <w:t>Растайтын</w:t>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...15 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...15 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...1182 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...3 lines deleted...]
-              <w:t>едагог</w:t>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...6 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="3927"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...103 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3247 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003E2AAA">
-[...10 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...17 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификаты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>:</w:t>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...24 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7297">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000068E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000068E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">конкурс </w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...12 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="00CA7297" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...155 lines deleted...]
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidTr="00BF7848">
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006464F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:tr>
+      <w:tr w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidTr="001A6F36">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...46 lines deleted...]
-          <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BF7848">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="001A6F36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-        <w:t>Біліктілік</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>санатының</w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>болуы</w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>бер</w:t>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t>у</w:t>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12D27" w:rsidRPr="006464F0" w:rsidRDefault="00F12D27" w:rsidP="00F12D27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>раста</w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t>у</w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+      <w:r w:rsidRPr="006464F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>күні</w:t>
+      <w:r w:rsidR="00256DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t>):__________________________________________</w:t>
+      <w:r w:rsidR="00256DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRPr="003E2AAA" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...595 lines deleted...]
-    <w:p w:rsidR="00BB338D" w:rsidRPr="006A61C1" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
+    <w:p w:rsidR="008B6A30" w:rsidRPr="001F4BA9" w:rsidRDefault="008B6A30" w:rsidP="008B6A30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="008B6A30" w:rsidRPr="008B6A30" w:rsidRDefault="008B6A30" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB338D" w:rsidRDefault="00BB338D" w:rsidP="00BB338D">
-[...542 lines deleted...]
-    <w:sectPr w:rsidR="00BD4719" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="008B6A30" w:rsidRPr="008B6A30" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -12977,76 +8572,76 @@
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001E03AD"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00256DBB"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="002703E7"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
@@ -13244,50 +8839,51 @@
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C31B3"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
@@ -13309,50 +8905,51 @@
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="0096488A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
@@ -13403,51 +9000,50 @@
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB338D"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD4719"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C4202F"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
@@ -13541,105 +9137,105 @@
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E940C5"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB3FA6"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F12D27"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
-    <w:rsid w:val="00F56AE2"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F77022"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1028"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -14611,78 +10207,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48337417-F1B6-44F4-A9F5-DA3DCF3E4A4B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F4A3F09-6986-435E-BDAB-B783D8CE1773}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11007</Characters>
+  <Pages>6</Pages>
+  <Words>1655</Words>
+  <Characters>9437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12913</CharactersWithSpaces>
+  <CharactersWithSpaces>11070</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>