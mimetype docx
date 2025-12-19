--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,1600 +1,1114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="6048D194" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+    <w:p w14:paraId="333B46C0" w14:textId="7124C32F" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық Шөкин </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041613D0" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E02C0CB" w14:textId="44198931" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопед</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAB085C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына тағайындау конкурсының нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6C7860" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2252FB9B" w14:textId="3685908C" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE13EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-        <w:ind w:left="-426" w:firstLine="426"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Логопед </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына тағайындау конкурсына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (құжаттарын тапсырған) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уына байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648B1F2E" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4838188E" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B12C831" w14:textId="602BCB87" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        Муратхожина Е.В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A96DA05" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5836999A" w14:textId="5E282BF4" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2023 жылғы  28 қыркүйек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0386585C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B64C759" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB5EB36" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3822B4BA" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EA7232C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BDF6140" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE84CF1" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F5EAC65" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74DCB865" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE59186" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438F5354" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C72439" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74670A4B" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="758E7B33" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="427D77D3" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3218BE96" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DCD2693" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46D04BA6" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="651F2B33" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3B39FC" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF0D439" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="263F07A8" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3861CEEE" w14:textId="58B57CBD" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1455 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-    <w:sectPr w:rsidR="00F719FF" w:rsidSect="004B244F">
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық Шөкин </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4C4001" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57401B09" w14:textId="3ABC83C5" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515A1CB5" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына тағайындау конкурсының нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090C2FF0" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3397B80B" w14:textId="03932D8E" w:rsidR="00F719FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Конкурс нәтижесі бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комиссия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімінің бос лауазымына тағайындауға кандидатты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анықтамауына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">байланысты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C65CB5" w14:textId="48A2CB6C" w:rsidR="00BF1772" w:rsidRPr="00BF1772" w:rsidRDefault="00BF1772" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(құжаттардың толық еместігі: өтініш, жеке құжат, диплом қосымшасы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке іс парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7C5E21" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6433F38C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381340B7" w14:textId="424D546D" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Муратхожина Е.В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A673D0" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DB5C967" w14:textId="3DB26B9E" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2023 жылғы  28 қыркүйек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FC6243" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A528944" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="717A0429" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7155907C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CA1A034" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E9F5E1" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25C659F5" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="533F4C56" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1082D519" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BB11339" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidSect="004B244F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00230056"/>
     <w:rsid w:val="00230056"/>
     <w:rsid w:val="002F0DBE"/>
+    <w:rsid w:val="006842E5"/>
     <w:rsid w:val="00857471"/>
     <w:rsid w:val="008F48E9"/>
     <w:rsid w:val="00BF1772"/>
-    <w:rsid w:val="00E25F4F"/>
     <w:rsid w:val="00E82E66"/>
     <w:rsid w:val="00F719FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2292,65 +1806,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>142</Words>
-  <Characters>816</Characters>
+  <Words>146</Words>
+  <Characters>837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>957</CharactersWithSpaces>
+  <CharactersWithSpaces>982</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Методический</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>