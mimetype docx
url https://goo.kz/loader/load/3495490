--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,2677 +1,3184 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="550AC3DE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEE4FBF" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НА ВАКАНТНЫЕ МЕСТА</w:t>
+      </w:r>
+      <w:r w:rsidR="00465BBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70761FA3" w14:textId="573445FC" w:rsidR="000D0AFE" w:rsidRPr="004E22AB" w:rsidRDefault="004E22AB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="19090081" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D5F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA89477" w14:textId="7458ADD2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...113 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidR="00672B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сли-сад № </w:t>
+      </w:r>
+      <w:r w:rsidR="00672B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002973E1" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бъявляет открытый конкурс на замещение вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24549AEF" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10307" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="1"/>
+        <w:tblW w:w="10109" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="527"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2749"/>
+        <w:gridCol w:w="673"/>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="1907"/>
+        <w:gridCol w:w="2720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
+      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
+          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Бос орын лауазымы</w:t>
+              </w:rPr>
+              <w:t>Вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Жүктеме көлемі</w:t>
+              </w:rPr>
+              <w:t>Объем нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Оқытылу тілі</w:t>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
+          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>МДҰ</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Адрес </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="007D75B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>мекенжайы</w:t>
+              </w:rPr>
+              <w:t>ДО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2749" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-              <w:t>дыадресі</w:t>
+              </w:rPr>
+              <w:t>Контакты, электронный адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B650A" w:rsidRPr="00E93BE9" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
+      <w:tr w:rsidR="00315FB3" w:rsidRPr="00672B92" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
+          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="310BF63E" w14:textId="6CE4522B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="6E15072E" w14:textId="687D39C9" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="00903014" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Тәрбиеші</w:t>
+              </w:rPr>
+              <w:t>Воспитатель</w:t>
             </w:r>
-            <w:r w:rsidR="00E93BE9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="008A6264">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F27ED6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000D5F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>(бала күтімі бойынша демалыстағы қызметкердің орнына)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(на время декретного отпуска сотрудника)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F2806A" w14:textId="0FE5BA14" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
+          <w:p w14:paraId="3F04F60E" w14:textId="56F75547" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004764CC">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00A25445">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00AD7E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставка </w:t>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C156F7" w14:textId="698F5F28" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3200E6" w14:textId="057E4AC7" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D5F15" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C353ED2" w14:textId="7F33E298" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F27ED6" w:rsidP="009B650A">
+          <w:p w14:paraId="0C592FC1" w14:textId="6245DB12" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Павлодар қаласы, Вс.Иванова көш. </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">г. Павлодар, </w:t>
             </w:r>
-            <w:r w:rsidR="004764CC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="008C4D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. Вс. Иванова. </w:t>
+            </w:r>
+            <w:r w:rsidR="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2749" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D34C190" w14:textId="6EE59C53" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
+          <w:p w14:paraId="125C97B9" w14:textId="77777777" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>;</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="508E4807" w14:textId="3B4B8B4F" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="00FD7043">
+          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A25445">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">email: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="42E84D44" w14:textId="05355373" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "mailto:sad23@goo.edu.kz" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="0000FF"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>sad23@goo.edu.kz</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64E90F87" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51F8021C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="601D2284" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRPr="00672B92" w:rsidRDefault="00315FB3" w:rsidP="002973E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C205C2" w14:textId="7065B750" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z1772"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8056A" w:rsidRPr="00F8056A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A12644" w14:textId="558B2DA0" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z1792"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00F8056A" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491" w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает охрану жизни и здоровья детей, применяет здоровье</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...48 lines deleted...]
-    <w:p w14:paraId="3275C20A" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491" w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C45D7A6" w14:textId="6C27C980" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6E9FB8" w14:textId="0EFDE7DA" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществляет личностно-ориентированный подход в работе с детьми. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F23A53" w14:textId="18C3E95D" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB44BF4" w14:textId="14DBFB5D" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED2CC9F" w14:textId="7A2C331D" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0800C8B5" w14:textId="387609F9" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21206C2C" w14:textId="5501B24C" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E29219" w14:textId="6F978146" w:rsidR="00470491" w:rsidRPr="00470491" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC14156" w14:textId="5832F1E0" w:rsidR="00B145AE" w:rsidRPr="00315FB3" w:rsidRDefault="00470491" w:rsidP="00470491">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD09CB" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="13F46A45" w14:textId="135D87F7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Размер должностного оклада в зависимости от </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уровня образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трудового стажа</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4978" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификационной </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4978" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r w:rsidR="00672B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге до 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: оларды оқыту мен тәрбие беруде денсаулық сақтайтын технологияларды қолданады. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6AA1D99D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229D8D5E" w14:textId="7B94B0DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="5E265006" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на основ</w:t>
+      </w:r>
+      <w:r w:rsidR="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа МОН </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РК №</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бря 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114520C0" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...321 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0012129B">
-[...288 lines deleted...]
-    <w:p w14:paraId="3E321F22" w14:textId="1D8AA50A" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240611CF" w14:textId="007D5477" w:rsidR="00607A21" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00894BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2714">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сли-сад № </w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E6048C" w14:textId="257625DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. Павлодар, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул. Вс. Иванова,</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E493A3C" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4C05AA" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) публикация объявления о проведении конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2181F399" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Определение даты и времени проведения конкурса, формирование конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116AE7D6" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прием документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4CB982" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассмотрение документов (соответствие квалификационным требованиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в течение 5 рабочих дней)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137595FB" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00607A21" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD09CB" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Собеседование в случае одинаковых баллов кандидатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397745D6" w14:textId="38561FB5" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="001A1273">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после принятия документов </w:t>
+      </w:r>
+      <w:r w:rsidR="00D721BE" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата: направляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1273">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направляется запрос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о нарушении педагогической этики в Комитет по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBF062C" w14:textId="3B26241D" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выявлении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведений о совершении коррупционного преступления и/или уголовного правонарушения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и/или нарушении норм педагогической этики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5CA13F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A2D0DE" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B33AC77" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186C2694" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) заполненный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0810AAF9" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...73 lines deleted...]
-    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копии документов об образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027BD692" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копию документа, подтверждающую трудовую деятельность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E356C9" w14:textId="63E882E2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной регистрации нормативных правовых актов под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23853C42" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...51 lines deleted...]
-    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49657549" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54514C08" w14:textId="42DED2EF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...21 lines deleted...]
-    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификат Национального квалификационного тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - НКТ) или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удостоверение о наличии квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDEB8EE" w14:textId="60C3A448" w:rsidR="00DD09CB" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) заполненный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C82590A" w14:textId="41859064" w:rsidR="002E58C5" w:rsidRPr="002E58C5" w:rsidRDefault="002E58C5" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...36 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 х 480</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74695D1F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Документы, указанные в подпунктах 3), 4), 5) заверяются печатью кадровой службой с места работы или ответственным работником организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0926663A" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Для участия в конкурсном назначении кандидат предоставляет на рассмотрение органу управления образованием материалы о его профессиональных достижениях, повышении квалификации, научных исследованиях, обобщении собственного педагогического опыта, наградах, информацию о достижении показателей эффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212C6B35" w14:textId="5EC9A3B1" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...107 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1415C" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE5998">
-[...318 lines deleted...]
-    <w:sectPr w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidSect="009B650A">
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40198335" w14:textId="77777777" w:rsidR="00034120" w:rsidRDefault="00034120" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DCB4F83" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRDefault="00315FB3" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00927359"/>
-[...39 lines deleted...]
-    <w:rsid w:val="00FF5024"/>
+    <w:rsidRoot w:val="00E84E7E"/>
+    <w:rsid w:val="00034120"/>
+    <w:rsid w:val="00075FBD"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="000D5F15"/>
+    <w:rsid w:val="000E170F"/>
+    <w:rsid w:val="00152B41"/>
+    <w:rsid w:val="001A1273"/>
+    <w:rsid w:val="001B65D1"/>
+    <w:rsid w:val="0027761B"/>
+    <w:rsid w:val="002973E1"/>
+    <w:rsid w:val="002A49E8"/>
+    <w:rsid w:val="002E58C5"/>
+    <w:rsid w:val="00315FB3"/>
+    <w:rsid w:val="003C0EE9"/>
+    <w:rsid w:val="00465BBF"/>
+    <w:rsid w:val="00470491"/>
+    <w:rsid w:val="00473B03"/>
+    <w:rsid w:val="004E22AB"/>
+    <w:rsid w:val="005D2EDD"/>
+    <w:rsid w:val="00607A21"/>
+    <w:rsid w:val="00624999"/>
+    <w:rsid w:val="00630929"/>
+    <w:rsid w:val="00633886"/>
+    <w:rsid w:val="00672B92"/>
+    <w:rsid w:val="006D741D"/>
+    <w:rsid w:val="006E4196"/>
+    <w:rsid w:val="006F2247"/>
+    <w:rsid w:val="007D75B5"/>
+    <w:rsid w:val="00867625"/>
+    <w:rsid w:val="00894BDF"/>
+    <w:rsid w:val="008A6264"/>
+    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="008D7FB0"/>
+    <w:rsid w:val="00903014"/>
+    <w:rsid w:val="00991345"/>
+    <w:rsid w:val="009D43A2"/>
+    <w:rsid w:val="009F5B53"/>
+    <w:rsid w:val="00A44D96"/>
+    <w:rsid w:val="00A77350"/>
+    <w:rsid w:val="00AD2714"/>
+    <w:rsid w:val="00AD7E37"/>
+    <w:rsid w:val="00AE4978"/>
+    <w:rsid w:val="00AF5A6C"/>
+    <w:rsid w:val="00B145AE"/>
+    <w:rsid w:val="00B27634"/>
+    <w:rsid w:val="00C35FB1"/>
+    <w:rsid w:val="00D1415C"/>
+    <w:rsid w:val="00D353F2"/>
+    <w:rsid w:val="00D721BE"/>
+    <w:rsid w:val="00DA77AE"/>
+    <w:rsid w:val="00DB0930"/>
+    <w:rsid w:val="00DB745A"/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:rsid w:val="00DE0518"/>
+    <w:rsid w:val="00E84E7E"/>
+    <w:rsid w:val="00F8056A"/>
+    <w:rsid w:val="00FB542E"/>
+    <w:rsid w:val="00FD5443"/>
+    <w:rsid w:val="00FF624A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="006D75FF"/>
-  <w15:docId w15:val="{AA9CDBCF-B3BC-4018-9DC4-90A14F1CBB8A}"/>
+  <w14:docId w14:val="45A1B4D5"/>
+  <w15:docId w15:val="{BC766A03-07D0-4F81-A423-856A0F0874A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2786,51 +3293,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3013,461 +3520,564 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="000D0AFE"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00315FB3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00315FB3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00E93BE9"/>
+    <w:rsid w:val="008C4D49"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="931594349">
+    <w:div w:id="127863403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad23@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C8E7050-21D4-4367-AECD-BE41AA4FED22}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>984</Words>
-  <Characters>5610</Characters>
+  <Words>995</Words>
+  <Characters>5678</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
+  <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6581</CharactersWithSpaces>
+  <CharactersWithSpaces>6660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Смагулова Ж.А</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>